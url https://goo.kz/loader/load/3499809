--- v0 (2025-12-06)
+++ v1 (2025-12-22)
@@ -1,8936 +1,9802 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0079027D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0079027D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының Рафика Нұртазина атындағы жалпы орта білім беру мектебі» КММ</w:t>
+        <w:t>имени Рафики Нұртазиной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0079027D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность учителя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0079027D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>художественного труда (мальчики)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0079027D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0079027D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...51 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0079027D" w:rsidRPr="00335C57" w:rsidTr="009D1644">
+      <w:tr w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6627" w:type="dxa"/>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының Р.Нұртазина атындағы жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени Рафики Нұртазиной города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-            <w:tcW w:w="6627" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Бакинская көшесі, 4 </w:t>
+              <w:t>140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Бакинская, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-            <w:tcW w:w="6627" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 61-12-96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-            <w:tcW w:w="6627" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>osh23@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0079027D" w:rsidRPr="005D5475" w:rsidTr="009D1644">
+      <w:tr w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6627" w:type="dxa"/>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">көркем еңбек (ұлдар) пәні мұғалімі, </w:t>
+              <w:t xml:space="preserve">учитель художественного труда (мальчики),  </w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>16 сағат</w:t>
+              <w:t>16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0079027D" w:rsidRPr="005D5475" w:rsidTr="009D1644">
+      <w:tr w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6627" w:type="dxa"/>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0079027D" w:rsidRPr="005D5475" w:rsidTr="009D1644">
+      <w:tr w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6627" w:type="dxa"/>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...20 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-              <w:t>- жоғары білім (min): 159 626,94  теңге</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 159 626,94 тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0079027D" w:rsidRPr="005D5475" w:rsidTr="009D1644">
-[...2 lines deleted...]
-            <w:tcW w:w="514" w:type="dxa"/>
+      <w:tr w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6627" w:type="dxa"/>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidTr="009D1644">
-        <w:trPr>
-[...4 lines deleted...]
-            <w:tcW w:w="514" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="001F0E67" w:rsidP="0079027D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>01.02-09.02.2024</w:t>
+              <w:t>01.02-09.02</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="0005543A" w:rsidRPr="0005543A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0079027D" w:rsidRPr="005D5475" w:rsidTr="009D1644">
-[...5 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
-[...8 lines deleted...]
-            </w:tcBorders>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...8 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) </w:t>
+              <w:t>2) документ,</w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>жеке басын куәландыратын құжат</w:t>
-[...27 lines deleted...]
-              <w:t>электронды құжат (идентификация үшін);</w:t>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+              <w:t>3) заполненный</w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>жеке іс парағы</w:t>
-[...27 lines deleted...]
-              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+              <w:t xml:space="preserve">4) </w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
-[...8 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">5) </w:t>
+              <w:t>5)  копию документа, подтверждающую</w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>еңбек қызметін растайтын құжаттың</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">нысан бойынша </w:t>
+              <w:t xml:space="preserve">6) </w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">денсаулық жағдайы туралы </w:t>
-[...32 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">7) </w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>наркологиялық ұйымнан анықтама</w:t>
+              <w:t>справку с наркологической организации</w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>9</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>) сертификаттаудан өту</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификат </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">немесе </w:t>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">педагог-модератордан </w:t>
-[...8 lines deleted...]
-              <w:t>төмен емес</w:t>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қолданыстағы</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> куәлік </w:t>
-[...18 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">10) </w:t>
-[...20 lines deleted...]
-              <w:t>пән бойынша сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+              <w:t>10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...19 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-              <w:t>Бағалау парағы;</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">13) </w:t>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">кандидаттың </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> кемінде </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
             </w:r>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>не менее 10 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidTr="009D1644">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079027D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос лауазымының мерзімі</w:t>
-[...8 lines deleted...]
-            </w:tcBorders>
+              <w:t>Срок вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>тұрақты</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0079027D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:b/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0079027D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...274 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="00842716" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079027D" w:rsidRPr="0079027D" w:rsidRDefault="0079027D" w:rsidP="0079027D">
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000335F" w:rsidRPr="006821DA" w:rsidRDefault="0000335F" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5741"/>
-        <w:gridCol w:w="4339"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="00842716">
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5741" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="006821DA">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="006821DA">
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="006821DA">
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="006821DA">
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="006821DA">
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...99 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842716" w:rsidRPr="000A5E98" w:rsidRDefault="00842716" w:rsidP="006821DA">
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A5E98">
-[...6 lines deleted...]
-        <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="000A5E98">
-[...6 lines deleted...]
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A5E98">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A5E98">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          </w:tcPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Біліктілік санатының болуы (бер</w:t>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...19 lines deleted...]
-        <w:t>) күні</w:t>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>):_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________</w:t>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...166 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...21 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...31 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
+        <w:t>«___</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">_ </w:t>
+        <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылғы «____</w:t>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>»_______________           ______________________</w:t>
+        <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                     </w:t>
+        <w:t xml:space="preserve">                                                                                                                                              </w:t>
       </w:r>
       <w:r w:rsidR="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                              </w:t>
+        <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қ</w:t>
+        <w:t>подпись</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>олы)</w:t>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+              <w:t>Приложение 11 к Правилам</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...9 lines deleted...]
-              <w:t>ірінші басшылары мен педагогтерін</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+              <w:t>освобождения от должностей</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
+              <w:t>первых руководителей и педагогов</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...192 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(Т.Ә.А. (б</w:t>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ар болса</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>))</w:t>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...142 lines deleted...]
-              <w:t xml:space="preserve">Баға </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...19 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...19 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...160 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...36 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...126 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...63 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...19 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...28 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...262 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...19 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...39 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842716" w:rsidRPr="00335C57" w:rsidTr="009D1644">
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="006821DA">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="803"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...185 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...70 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...95 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...19 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...160 lines deleted...]
-              <w:ind w:left="20"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1159 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...36 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...131 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006821DA">
-[...47 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="000A5E98">
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidSect="006821DA">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
@@ -8943,95 +9809,96 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001859F0"/>
-    <w:rsid w:val="000A5E98"/>
+    <w:rsid w:val="0000335F"/>
+    <w:rsid w:val="0005543A"/>
     <w:rsid w:val="001859F0"/>
-    <w:rsid w:val="00335C57"/>
-    <w:rsid w:val="005D5475"/>
+    <w:rsid w:val="001F0E67"/>
     <w:rsid w:val="006821DA"/>
     <w:rsid w:val="00692083"/>
     <w:rsid w:val="0070609E"/>
     <w:rsid w:val="0079027D"/>
     <w:rsid w:val="00842716"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="3A16163A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4FD76877-C33C-4ED3-9F02-8BDBD93C42AC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -9457,51 +10324,51 @@
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9721,59 +10588,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E34C9604-1CA5-4983-B9FC-AC5A425158FB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11229</Characters>
+  <Pages>6</Pages>
+  <Words>2043</Words>
+  <Characters>11646</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13172</CharactersWithSpaces>
+  <CharactersWithSpaces>13662</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Сула</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>