--- v0 (2025-12-08)
+++ v1 (2025-12-30)
@@ -1,19937 +1,8302 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="24FAFCAE" w14:textId="2D9BCE46" w:rsidR="00661C21" w:rsidRDefault="00661C21" w:rsidP="00661C21">
-[...81 lines deleted...]
-    <w:p w14:paraId="262230EF" w14:textId="7849CD8F" w:rsidR="00661C21" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:p w14:paraId="6021EA98" w14:textId="17CFFC3B" w:rsidR="000553D2" w:rsidRPr="0006411E" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidR="00034AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>имени Камала Макпалеева горо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да Павлодара» объявляет конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD38F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на вакантную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006411E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t>директорды</w:t>
+        <w:t xml:space="preserve">заместителя директора по </w:t>
       </w:r>
-      <w:r w:rsidRPr="00724889">
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00661C21">
+      <w:r w:rsidR="00D14BD3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бос лауазымына конкурс жариялайды</w:t>
+        <w:t>учебной работе</w:t>
       </w:r>
-    </w:p>
-[...49 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
-        <w:tblW w:w="9464" w:type="dxa"/>
+        <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="391"/>
         <w:gridCol w:w="2384"/>
-        <w:gridCol w:w="6689"/>
+        <w:gridCol w:w="7114"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00901BCE" w:rsidRPr="006574C9" w14:paraId="4325A59D" w14:textId="77777777" w:rsidTr="00757920">
+      <w:tr w:rsidR="00034AB2" w:rsidRPr="0006411E" w14:paraId="3752F58C" w14:textId="77777777" w:rsidTr="00766E85">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="31B41050" w14:textId="77777777" w:rsidR="00901BCE" w:rsidRPr="00AD2C10" w:rsidRDefault="00901BCE" w:rsidP="00901BCE">
+          <w:p w14:paraId="1031A9F4" w14:textId="77777777" w:rsidR="00034AB2" w:rsidRPr="0006411E" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD2C10">
+            <w:r w:rsidRPr="0006411E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63E29A50" w14:textId="5956661B" w:rsidR="00901BCE" w:rsidRPr="00901BCE" w:rsidRDefault="00901BCE" w:rsidP="00901BCE">
+          <w:p w14:paraId="5C51BC39" w14:textId="7C41FF7B" w:rsidR="00034AB2" w:rsidRPr="000272F1" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00901BCE">
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="297249AE" w14:textId="77777777" w:rsidR="00034AB2" w:rsidRPr="000272F1" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>общеобразовательная</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>школа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-                <w:spacing w:val="-8"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>имени Камала Макпалеева</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00901BCE">
-[...136 lines deleted...]
-          <w:p w14:paraId="0746D352" w14:textId="7687120F" w:rsidR="00901BCE" w:rsidRPr="00901BCE" w:rsidRDefault="00901BCE" w:rsidP="00901BCE">
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>города</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46AEB498" w14:textId="20816072" w:rsidR="00034AB2" w:rsidRPr="000272F1" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00901BCE">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00901BCE">
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>отдела</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>города</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодара,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>управления</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодарской</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...106 lines deleted...]
-              <w:t>58</w:t>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00901BCE" w:rsidRPr="00AD2C10" w14:paraId="18F5EB02" w14:textId="77777777" w:rsidTr="00757920">
+      <w:tr w:rsidR="00034AB2" w:rsidRPr="0006411E" w14:paraId="677653A2" w14:textId="77777777" w:rsidTr="00766E85">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="164F540D" w14:textId="77777777" w:rsidR="00901BCE" w:rsidRPr="00AD2C10" w:rsidRDefault="00901BCE" w:rsidP="00901BCE">
+          <w:p w14:paraId="04A2DCE5" w14:textId="77777777" w:rsidR="00034AB2" w:rsidRPr="0006411E" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C582C4B" w14:textId="65788A6B" w:rsidR="00901BCE" w:rsidRPr="00901BCE" w:rsidRDefault="00901BCE" w:rsidP="00901BCE">
+          <w:p w14:paraId="0ABA7DC7" w14:textId="77777777" w:rsidR="00034AB2" w:rsidRPr="000272F1" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>местонахождения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7700F948" w14:textId="2F77FE35" w:rsidR="00034AB2" w:rsidRPr="000272F1" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00901BCE">
-[...9 lines deleted...]
-                <w:spacing w:val="58"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>почтового</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="5DA83494" w14:textId="60E60730" w:rsidR="00901BCE" w:rsidRPr="00901BCE" w:rsidRDefault="00901BCE" w:rsidP="00901BCE">
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EAAC06" w14:textId="77777777" w:rsidR="00034AB2" w:rsidRPr="000272F1" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>140013,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Республика</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Казахстан,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодарская</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>область,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B6832EB" w14:textId="25D65738" w:rsidR="00034AB2" w:rsidRPr="000272F1" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00901BCE">
-[...9 lines deleted...]
-                <w:spacing w:val="-2"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>город</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00901BCE">
-[...9 lines deleted...]
-                <w:spacing w:val="-1"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00901BCE">
-[...4 lines deleted...]
-              <w:t>22-22-18</w:t>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>улица</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Гагарина</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00901BCE" w:rsidRPr="00AD2C10" w14:paraId="06BE4A4B" w14:textId="77777777" w:rsidTr="00757920">
+      <w:tr w:rsidR="00034AB2" w:rsidRPr="0006411E" w14:paraId="2F8BF248" w14:textId="77777777" w:rsidTr="00766E85">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2D456C04" w14:textId="77777777" w:rsidR="00901BCE" w:rsidRPr="00AD2C10" w:rsidRDefault="00901BCE" w:rsidP="00901BCE">
+          <w:p w14:paraId="41736E34" w14:textId="77777777" w:rsidR="00034AB2" w:rsidRPr="0006411E" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B4DA972" w14:textId="0F292C8B" w:rsidR="00901BCE" w:rsidRPr="00901BCE" w:rsidRDefault="00901BCE" w:rsidP="00901BCE">
+          <w:p w14:paraId="0457A081" w14:textId="73EC841C" w:rsidR="00034AB2" w:rsidRPr="000272F1" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:spacing w:val="55"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>номеров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="4D6A6C01" w14:textId="0F3FCFE5" w:rsidR="00901BCE" w:rsidRPr="00901BCE" w:rsidRDefault="0055047D" w:rsidP="00901BCE">
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B51FA6" w14:textId="1792B4CE" w:rsidR="00034AB2" w:rsidRPr="000272F1" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId5" w:history="1">
-              <w:r w:rsidR="00901BCE" w:rsidRPr="00901BCE">
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>22-22-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00034AB2" w:rsidRPr="0006411E" w14:paraId="327DE067" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="26DA78DE" w14:textId="77777777" w:rsidR="00034AB2" w:rsidRPr="0006411E" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCED6B2" w14:textId="77777777" w:rsidR="00034AB2" w:rsidRPr="000272F1" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>адреса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>электронной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="265BA5C8" w14:textId="530F282E" w:rsidR="00034AB2" w:rsidRPr="000272F1" w:rsidRDefault="00034AB2" w:rsidP="00034AB2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F3A7EC" w14:textId="1FAB387E" w:rsidR="00034AB2" w:rsidRPr="000272F1" w:rsidRDefault="00206028" w:rsidP="00034AB2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId4" w:history="1">
+              <w:r w:rsidR="00034AB2" w:rsidRPr="000272F1">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="24"/>
                 </w:rPr>
-                <w:t>sosh4@goo.edu.kz</w:t>
+                <w:t>Sosh4@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00901BCE" w:rsidRPr="00AD2C10" w14:paraId="0A7A8A87" w14:textId="77777777" w:rsidTr="00757920">
+      <w:tr w:rsidR="000553D2" w:rsidRPr="00AD2C10" w14:paraId="2D9F16F6" w14:textId="77777777" w:rsidTr="00766E85">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
-            <w:vMerge/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4D34D040" w14:textId="77777777" w:rsidR="00901BCE" w:rsidRPr="00AD2C10" w:rsidRDefault="00901BCE" w:rsidP="00901BCE">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="221696D4" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0006411E" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0006411E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E25F925" w14:textId="7B2433C6" w:rsidR="00901BCE" w:rsidRPr="00901BCE" w:rsidRDefault="00901BCE" w:rsidP="00901BCE">
+          <w:p w14:paraId="57A4FA76" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="000272F1" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...351 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F296A97" w14:textId="08338D41" w:rsidR="000553D2" w:rsidRPr="000272F1" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора по </w:t>
+            </w:r>
+            <w:r w:rsidR="005673D1" w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учебной работе </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22EB0803" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="000272F1" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 ставка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="0055047D" w14:paraId="1366C372" w14:textId="77777777" w:rsidTr="00757920">
+      <w:tr w:rsidR="000553D2" w:rsidRPr="00AD2C10" w14:paraId="77F7A2C0" w14:textId="77777777" w:rsidTr="00766E85">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1A21038F" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00AD2C10" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4093DD" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD2C10">
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F92465C" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00AD2C10" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="07755D7B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00824140">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
-[...8 lines deleted...]
-            <w:pPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB331D6" w14:textId="7C208371" w:rsidR="00034AB2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:u w:val="single"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0067733F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>директорды</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00034AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ң</w:t>
-[...61 lines deleted...]
-            <w:pPr>
+              <w:t>Работа с ТУП и РУП;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="046B35EE" w14:textId="22779212" w:rsidR="00034AB2" w:rsidRDefault="00034AB2" w:rsidP="000553D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:u w:val="single"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1 мөлшерлеме</w:t>
+              <w:t>- Работа с МО каз.яз и литературы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B6496B" w14:textId="039A8A0F" w:rsidR="00034AB2" w:rsidRDefault="00034AB2" w:rsidP="000553D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Ведение Педагогического совета;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="026E81D6" w14:textId="0B2709BD" w:rsidR="00034AB2" w:rsidRDefault="00034AB2" w:rsidP="000553D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-работа методического совета;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C8FE324" w14:textId="1CB810F2" w:rsidR="000553D2" w:rsidRPr="000553D2" w:rsidRDefault="00034AB2" w:rsidP="000553D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="000553D2" w:rsidRPr="000553D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организует реализацию процесса цифровизации, информатизации организации образования, его ресурсного обеспечения, внедряет и использует информационные и коммуникационные технологии в процессе обучения, в том числе лиц с особыми образовательными потребностями, устанавливает контакты с внешними организациями по вопросам использования информационно - коммуникационных технологий в образовательной и управленческой деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7709C367" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000553D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- организует работу по обеспечению, сохранности и совершенствованию учебно-материальной базы, обслуживанию, ремонту и ее учету; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C9A32C4" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000553D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обеспечивает соблюдение правил санитарно-гигиенического режима, безопасности и охраны труда; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="529A55DB" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000553D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- обеспечивает своевременное составление установленной отчетной документации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05DC856F" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- своевременное заполнение базы НОБД</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="0055047D" w14:paraId="2052D9D8" w14:textId="77777777" w:rsidTr="00757920">
+      <w:tr w:rsidR="000553D2" w:rsidRPr="00AD2C10" w14:paraId="612A39BB" w14:textId="77777777" w:rsidTr="00766E85">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6864B551" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00AD2C10" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="722B9F20" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A8CDA82" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00AD2C10" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="0E8486BD" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00824140">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...14 lines deleted...]
-                <w:color w:val="202124"/>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D31BABC" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0006411E" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00824140">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...4 lines deleted...]
-                <w:color w:val="202124"/>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47D56901" w14:textId="76B06295" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ерекше білім беру қажеттіліктері бар студенттердің оқу процесін ұйымдастырады;</w:t>
-[...26 lines deleted...]
-                <w:color w:val="202124"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0006411E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:color w:val="202124"/>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- үйден оқытылатын оқушыларға мемлекеттік жалпыға міндетті білім беру стандарты шеңберінде оқу үдерісінің сапасын және білімді меңгеру нәтижелерін бағалаудың объективтілігін бақылауды жүзеге асырады;</w:t>
-[...10 lines deleted...]
-                <w:color w:val="202124"/>
+              <w:t>155.</w:t>
+            </w:r>
+            <w:r w:rsidR="00206028">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>000</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="0006411E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...260 lines deleted...]
-              <w:t>- педагогикалық әдеп мәселелерін (сұраныс бойынша) қарайды;</w:t>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00AD2C10" w14:paraId="7242F377" w14:textId="77777777" w:rsidTr="00757920">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="00AD2C10" w14:paraId="3F7E3283" w14:textId="77777777" w:rsidTr="00766E85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
-            <w:vMerge/>
-[...1 lines deleted...]
-          <w:p w14:paraId="257BEC44" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00AD2C10" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          </w:tcPr>
+          <w:p w14:paraId="2BF5AA21" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8C7CBF" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="1E23BA68" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00AD2C10" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A9A6D2C" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...16 lines deleted...]
-            <w:pPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="215B1D42" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...66 lines deleted...]
-              <w:t xml:space="preserve">  теңге</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005770FB" w:rsidRPr="00AE4807">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее 3 лет; и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории", или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации " педагог – эксперт" или наличие "педагог – исследователь" или "педагог – мастер".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="0055047D" w14:paraId="49949A7E" w14:textId="77777777" w:rsidTr="00757920">
+      <w:tr w:rsidR="000553D2" w:rsidRPr="00AD2C10" w14:paraId="1B463955" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D83098E" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00AD2C10" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="676494A5" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="771240A8" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00824140" w:rsidRDefault="00661C21" w:rsidP="00757920">
-[...21 lines deleted...]
-          <w:p w14:paraId="12477674" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00AD2C10" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="18A75B9B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00824140">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
-[...15 lines deleted...]
-              <w:ind w:left="60"/>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6771FEBB" w14:textId="12B14002" w:rsidR="000553D2" w:rsidRPr="00581F6B" w:rsidRDefault="005673D1" w:rsidP="00766E85">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00052882">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.02. – </w:t>
+            </w:r>
+            <w:r w:rsidR="00052882">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.02</w:t>
+            </w:r>
+            <w:r w:rsidR="00E90666">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="00AD2C10" w14:paraId="174E4F64" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70122CD8" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="044F58CD" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="730E6D89" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-              <w:ind w:left="60"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B8D2266" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...147 lines deleted...]
-          <w:p w14:paraId="05A26928" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="001D3DD2" w:rsidRDefault="00661C21" w:rsidP="00757920">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="406D5FD2" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...150 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...23 lines deleted...]
-          <w:p w14:paraId="42A8D50F" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="001D3DD2" w:rsidRDefault="00661C21" w:rsidP="00757920">
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F01E10B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...236 lines deleted...]
-          <w:p w14:paraId="62027CC2" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="001D3DD2" w:rsidRDefault="00661C21" w:rsidP="00757920">
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46233019" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...109 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...196 lines deleted...]
-          <w:p w14:paraId="1479164A" w14:textId="77777777" w:rsidR="00661C21" w:rsidRDefault="00661C21" w:rsidP="00757920">
+              <w:t xml:space="preserve"> трудовую деятельность </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EF90566" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...149 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>біліктілік</w:t>
-[...146 lines deleted...]
-          <w:p w14:paraId="0458D95F" w14:textId="77777777" w:rsidR="00661C21" w:rsidRDefault="00661C21" w:rsidP="00757920">
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4250FD7C" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...109 lines deleted...]
-          <w:p w14:paraId="5F97C5BC" w14:textId="77777777" w:rsidR="00661C21" w:rsidRDefault="00661C21" w:rsidP="00757920">
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3819594F" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="5C89AE4A" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="001D3DD2" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F840EAE" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...409 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>денсаулық</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...67 lines deleted...]
-          <w:p w14:paraId="28F0236D" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="001D3DD2" w:rsidRDefault="00661C21" w:rsidP="00757920">
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48340107" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0019603D" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...74 lines deleted...]
-          <w:p w14:paraId="1F8BDE92" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="001D3DD2" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>для кандидатов на занятие должности педагогов английского</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E183EE4" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0019603D" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...74 lines deleted...]
-          <w:p w14:paraId="53E655F0" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="001D3DD2" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>языка сертификат о результатах сертификации с пороговым</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53316008" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0019603D" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...344 lines deleted...]
-          <w:p w14:paraId="467BBC4B" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00ED4B81" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уровнем не менее 90% по предмету или удостоверение о наличии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="283DFD62" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0019603D" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...124 lines deleted...]
-          <w:p w14:paraId="13F35680" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00512AB1" w:rsidRDefault="00661C21" w:rsidP="00757920">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационной категории педагога-модератора или педагога-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D2E5059" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0019603D" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1170 lines deleted...]
-          <w:p w14:paraId="794A2A63" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00512AB1" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эксперта, или педагога-исследователя, или педагога-мастера (при</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24CD4591" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0019603D" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...26 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...220 lines deleted...]
-          <w:p w14:paraId="2D491984" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00512AB1" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CELTA (Certificate in English Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F2A06B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="000E5691" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...17 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="6864B90A" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00512AB1" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>BT)) – 60 – 65</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0401136C" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0019603D" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...131 lines deleted...]
-          <w:p w14:paraId="7B1B9789" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00512AB1" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11) педагоги, приступившие к педагогической деятельности в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3852D51A" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0019603D" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...111 lines deleted...]
-          <w:p w14:paraId="6C9159FA" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00512AB1" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организации технического и профессионального, послесреднего</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CC60921" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0019603D" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00512AB1">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образования на должности педагогов по специальным дисциплинам имастеров производственного обучения, имеющие стаж работы на</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00512AB1">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>производстве по соответствующей специальности или профилю не</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="1F35CBBA" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00512AB1" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>менее двух лет освобождаются от прохождения сертификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34592A27" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0019603D" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
+            <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">12) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...91 lines deleted...]
-          <w:p w14:paraId="6DD55471" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00512AB1" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заполненный Оценочный лист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидата на вакантную или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BB2FAF9" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0019603D" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
-[...100 lines deleted...]
-          <w:p w14:paraId="2C1563E5" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00512AB1" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>временно вакантную должность педагога по форме согласно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C53165E" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0019603D" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...71 lines deleted...]
-          <w:p w14:paraId="4BA610F2" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00512AB1" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>приложению 11;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A8E1447" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="0019603D" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...93 lines deleted...]
-          <w:p w14:paraId="3CE4FC11" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00512AB1" w:rsidRDefault="00661C21" w:rsidP="00757920">
+              <w:t>видеопрезентация для кандидата без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57ACB2A5" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AD2C10" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...16 lines deleted...]
-                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 15 минут, с минимальным разрешением – 720 x 480;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...267 lines deleted...]
-              <w:t xml:space="preserve"> – 720 x 480.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58677F19" w14:textId="77777777" w:rsidR="00661C21" w:rsidRDefault="00661C21" w:rsidP="00661C21">
-[...39 lines deleted...]
-    <w:p w14:paraId="4848418D" w14:textId="77777777" w:rsidR="00661C21" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:p w14:paraId="324874F0" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5303"/>
-        <w:gridCol w:w="4030"/>
+        <w:gridCol w:w="5053"/>
+        <w:gridCol w:w="3973"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="051E6A2C" w14:textId="77777777" w:rsidTr="00757920">
+      <w:tr w:rsidR="000553D2" w:rsidRPr="00AF0289" w14:paraId="346C9B25" w14:textId="77777777" w:rsidTr="00766E85">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5327" w:type="dxa"/>
+            <w:tcW w:w="5077" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17079631" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="20BAEB37" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:tcW w:w="4036" w:type="dxa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="191992B8" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="3DDE5028" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14B5EAB2" w14:textId="77777777" w:rsidR="00DD0A29" w:rsidRDefault="00DD0A29" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21F9722D" w14:textId="77777777" w:rsidR="00DD0A29" w:rsidRDefault="00DD0A29" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="799DF512" w14:textId="77777777" w:rsidR="00DD0A29" w:rsidRDefault="00DD0A29" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> беру </w:t>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BCFB3BE" w14:textId="77777777" w:rsidR="00DD0A29" w:rsidRDefault="00DD0A29" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарының</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A2F51C6" w14:textId="77777777" w:rsidR="00DD0A29" w:rsidRDefault="00DD0A29" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67BAFB9C" w14:textId="77777777" w:rsidR="00034AB2" w:rsidRDefault="00034AB2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бірінші</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A5F9420" w14:textId="77777777" w:rsidR="00034AB2" w:rsidRDefault="00034AB2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3DBFA9A6" w14:textId="77777777" w:rsidR="00034AB2" w:rsidRDefault="00034AB2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>басшылары</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7460D2EC" w14:textId="77777777" w:rsidR="00DD0A29" w:rsidRDefault="00DD0A29" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мен </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41889834" w14:textId="77777777" w:rsidR="00DD0A29" w:rsidRPr="00AF0289" w:rsidRDefault="00DD0A29" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>педагогтерін</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3043CF18" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лауазымдарға</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тағайындау</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лауазымдардан</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...55 lines deleted...]
-              <w:t>10-қосымша</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="1BF2F34F" w14:textId="77777777" w:rsidTr="00757920">
+      <w:tr w:rsidR="000553D2" w:rsidRPr="00AF0289" w14:paraId="1C11A336" w14:textId="77777777" w:rsidTr="00766E85">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5327" w:type="dxa"/>
+            <w:tcW w:w="5077" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7ADBDED7" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="4588A299" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4036" w:type="dxa"/>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6000DB89" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="25D29E5A" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="453515F2" w14:textId="77777777" w:rsidTr="00757920">
+      <w:tr w:rsidR="000553D2" w:rsidRPr="00AF0289" w14:paraId="33FA0DD1" w14:textId="77777777" w:rsidTr="00766E85">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5327" w:type="dxa"/>
+            <w:tcW w:w="5077" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="526CDDB0" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="6BAF1127" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4036" w:type="dxa"/>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3581876C" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="3631EA66" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Конкурс </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>государственный орган,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жариялаған</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> орган</w:t>
+              <w:t>объявивший конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2097CB58" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:p w14:paraId="1AF0DEB3" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
+      <w:bookmarkStart w:id="1" w:name="z472"/>
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       _______________________________________________________________ </w:t>
+        <w:t>      ____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A60AE0E" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="259C2F5A" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D15D9E" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42017301" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              (должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA5C9E6" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3F62E9" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC23CC5" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA206EA" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z473"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F02570" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z474"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t xml:space="preserve">(нужное подчеркнуть) </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>үміткердің</w:t>
+        <w:t>_______________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Т.А.Ә. (бар </w:t>
+        <w:t>____</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D8F8DA" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>болса</w:t>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="16CFA1C2" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367D4BCB" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>)), ЖСН</w:t>
+        <w:t xml:space="preserve">               должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A024D0A" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:p w14:paraId="7FD18D0C" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       _______________________________________________________________ </w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75525F82" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00661C21">
-[...79 lines deleted...]
-    <w:p w14:paraId="7426E720" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:p w14:paraId="251D118D" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       _______________________________________________________________ </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Образование: высшее или послевузовское</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="137D9BDB" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:p w14:paraId="6737225D" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
-[...1087 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9256" w:type="dxa"/>
+        <w:tblW w:w="9823" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2735"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="3302"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="246420D0" w14:textId="77777777" w:rsidTr="00757920">
+      <w:tr w:rsidR="000553D2" w:rsidRPr="00AF0289" w14:paraId="27BA83B8" w14:textId="77777777" w:rsidTr="00766E85">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcW w:w="3302" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE167C8" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="492E4950" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z475"/>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...42 lines deleted...]
-            <w:tcW w:w="3686" w:type="dxa"/>
+              <w:t>Наименование учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="4"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5157260B" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="0FBF61C0" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқыту</w:t>
-[...24 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="175B4B4A" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="3C15B481" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Диплом </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Специальность по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="6532C2E2" w14:textId="77777777" w:rsidTr="00757920">
+      <w:tr w:rsidR="000553D2" w:rsidRPr="00AF0289" w14:paraId="3944A98E" w14:textId="77777777" w:rsidTr="00766E85">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcW w:w="3302" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="304B979E" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="395BEEEE" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5F0449E2" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="16E9E612" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="429359DD" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="262C1090" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="29EB494E" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="03843DDB" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4267FCE5" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="0345B05C" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2A5DA294" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="238B7CEF" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="676B3E01" w14:textId="77777777" w:rsidR="00661C21" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:p w14:paraId="1A297711" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z483"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">      Наличие квалификационной категории </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(дата присвоения (подтверждения):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18368767" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="43C98FC8" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Біліктілік</w:t>
+        <w:t>________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00737FA7">
+    </w:p>
+    <w:p w14:paraId="269DC5DF" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>санатының</w:t>
+        <w:t>________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>__</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>болуы</w:t>
+        <w:t>____________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00737FA7">
+    </w:p>
+    <w:p w14:paraId="0DBCCA2A" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (беру (</w:t>
+        <w:t xml:space="preserve">Имею следующие результаты работы: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>растау</w:t>
+        <w:t>_______________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...17 lines deleted...]
-        <w:t>):</w:t>
+        <w:t>_________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF5487D" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:p w14:paraId="1EA4720B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      _____________________________________________________________</w:t>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EAEDF4" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:p w14:paraId="25B7E019" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...53 lines deleted...]
-        <w:t>: ____________________________________</w:t>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B77DF0" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:p w14:paraId="1A1CD93B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...303 lines deleted...]
-        <w:t>      ____________________________________________________________</w:t>
+        <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5653"/>
-        <w:gridCol w:w="3680"/>
+        <w:gridCol w:w="5674"/>
+        <w:gridCol w:w="3352"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="5FDCEE8D" w14:textId="77777777" w:rsidTr="00757920">
+      <w:tr w:rsidR="000553D2" w:rsidRPr="00AF0289" w14:paraId="4D155609" w14:textId="77777777" w:rsidTr="00766E85">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33CCB613" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="5FC65E1C" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F71C1AE" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="5815426B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="5A2014B0" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42A1F271" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1BC69408" w14:textId="77777777" w:rsidR="00661C21" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="59DE9E49" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2C29C68E" w14:textId="77777777" w:rsidR="00661C21" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="4C6B2A10" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="59B312A5" w14:textId="77777777" w:rsidR="00661C21" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="463995F5" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="45DF34B5" w14:textId="77777777" w:rsidR="00661C21" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="2A3AB24B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1EF5EBC2" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="28D6BC5E" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5B622972" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00757920">
+          <w:p w14:paraId="510522D0" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="00766E85">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...303 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="142B095C" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:p w14:paraId="46927441" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z186"/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> Бос </w:t>
+        <w:t>Приложение 1</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>немесе</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="7B82CB69" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="003B3594" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C26744" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="003B3594" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340079BD" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="003B3594" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">освобождения от должностей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="114B1FEE" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="003B3594" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A149FE4" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="003B3594" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5446AAAB" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t>уақытша</w:t>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="360E4ED8" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> бос педагог </w:t>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DF37D73" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="61207B78" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="00AF0289" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t>лауазымына</w:t>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность педагога</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w14:paraId="362D8A81" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C273D86" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>үміткердің</w:t>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...143 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="586FFC2B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9620" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="614"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3002"/>
+        <w:gridCol w:w="497"/>
+        <w:gridCol w:w="2609"/>
+        <w:gridCol w:w="2595"/>
+        <w:gridCol w:w="3309"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="03C3D5D0" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="07AAD5C0" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B29EA31" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...23 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="720A3B34" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...41 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8E3F31" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...61 lines deleted...]
-              <w:t>)</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="251AF3AC" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1602E228" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="76C48C0D" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="42D8F775" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD6E996" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...40 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32CBFA3B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...146 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="564B81FF" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...248 lines deleted...]
-              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29C7084D" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="539644B1" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46D62885" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20DD5793" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66757366" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="2B3248A0" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="777E4B45" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="189A1075" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...74 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="697620E2" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...130 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73D869C5" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...68 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="505EAB71" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AE3F813" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76B0CB90" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="2AEC1F0F" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="78589E11" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="431A8EED" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...128 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE9F37C" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="662ED0A2" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> - 5 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D06C8F8" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="336BB685" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="54982879" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB4F96B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...56 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD178D5" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...66 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E1539B3" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...254 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F537C52" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D505AC" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57474D95" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65782C83" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E508032" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0152D981" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="626EED72" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="4E1D0E6C" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="6230364E" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C558B23" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...128 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28C7AE1C" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...130 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F6F2D55" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...356 lines deleted...]
-              <w:t>) = 5 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="372AE275" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="033E6E69" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D1E65B3" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="777C05ED" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="67736485" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA03A98" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...128 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13F4DC32" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...76 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33B0311F" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...149 lines deleted...]
-              <w:t>" = 0,5 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09594CA1" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41DD7236" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="413A5227" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="6CFDD95C" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50E43987" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...182 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7FC981" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...318 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6762556B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...159 lines deleted...]
-              <w:t xml:space="preserve"> = минус 3 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4273D7DE" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="712D2BFF" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="26AB7A3D" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="026C7582" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="618884D9" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...74 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5D5E5C" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...396 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11F9CDFC" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="375FF8DD" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77DB1897" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...460 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4B3EAF" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00B093B9" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="111FD303" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CEED36A" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="413146C3" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A748058" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="063222D6" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="056EFE67" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15E49EEC" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...40 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EB17B08" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...66 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79C9D4B1" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...417 lines deleted...]
-              <w:t xml:space="preserve"> - 3 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF194FE" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24EDB682" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E7F51B9" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="1943929F" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="6499BF98" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2260E1" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...56 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57EB58B3" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...92 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB6B75F" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...374 lines deleted...]
-              <w:t>) = 5 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA5AA60" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4486103F" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="662A25E3" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79FC6FF8" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64607C9F" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="016E6EE4" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="3FFCD322" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79581045" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...40 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4275100B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...30 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF53BE8" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E07F8D1" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32E132FB" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="046DA4D9" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D59CE41" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="794A8101" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A440B0F" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F69167D" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D90A3A8" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10E3539A" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C0B002D" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D12B841" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="623383D5" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D5563A2" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FDC3535" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DF24018" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1191ACB7" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C9BB3B6" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C4A0EAF" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60220093" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="137CFFAA" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D68E4B1" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International House Certificate in Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C1A1C29" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT – International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B74423" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61BDB446" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45B9DF29" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06B2F9CC" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B25A8AE" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EC4DD14" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...451 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...12 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3161EEC8" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEFL Cambridge </w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15123012" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"CELTA</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75CAEBF7" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...477 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04CB633D" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ПШО</w:t>
-[...844 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09AABC0F" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75FD34F5" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE58CF9" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A5DEA93" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="4921816B" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="35A08C64" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="613C8F00" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...498 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B46D00F" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн",педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...76 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16A8C038" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...25 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62E2E60E" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C21" w:rsidRPr="00737FA7" w14:paraId="3C0CAC88" w14:textId="77777777" w:rsidTr="00757920">
-[...6 lines deleted...]
-            <w:tcW w:w="3161" w:type="dxa"/>
+      <w:tr w:rsidR="000553D2" w:rsidRPr="009E14F0" w14:paraId="3E836262" w14:textId="77777777" w:rsidTr="00766E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3194" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...44 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B36A1FB" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29F1093B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFBD768" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="00766E85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D43C242" w14:textId="77777777" w:rsidR="00661C21" w:rsidRPr="00737FA7" w:rsidRDefault="00661C21" w:rsidP="00661C21">
+    <w:p w14:paraId="51622CE1" w14:textId="77777777" w:rsidR="000553D2" w:rsidRPr="009E14F0" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E60A76E" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D03EBD3" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B804A8C" w14:textId="77777777" w:rsidR="00661C21" w:rsidRDefault="00661C21" w:rsidP="00661C21"/>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="00DB02D0" w:rsidSect="00C947C0">
+    <w:p w14:paraId="3A7AAE5B" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F7FB573" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3160AED5" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="651FE1BE" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="132410FD" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69AC8104" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19DE5EC2" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02E5E5F6" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48B3CBA9" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3498DC34" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67447E25" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49A847AE" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57D2A9D0" w14:textId="77777777" w:rsidR="000553D2" w:rsidRDefault="000553D2" w:rsidP="000553D2"/>
+    <w:p w14:paraId="47C974F7" w14:textId="77777777" w:rsidR="001D2489" w:rsidRDefault="001D2489"/>
+    <w:sectPr w:rsidR="001D2489" w:rsidSect="00FA3025">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1133" w:bottom="709" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1135" w:right="1440" w:bottom="851" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...29 lines deleted...]
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...120 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00661C21"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00F071FA"/>
+    <w:rsidRoot w:val="000553D2"/>
+    <w:rsid w:val="000272F1"/>
+    <w:rsid w:val="00034AB2"/>
+    <w:rsid w:val="00052882"/>
+    <w:rsid w:val="000553D2"/>
+    <w:rsid w:val="001D2489"/>
+    <w:rsid w:val="00206028"/>
+    <w:rsid w:val="00261CED"/>
+    <w:rsid w:val="003A7E41"/>
+    <w:rsid w:val="005673D1"/>
+    <w:rsid w:val="005770FB"/>
+    <w:rsid w:val="005E5A21"/>
+    <w:rsid w:val="007B7081"/>
+    <w:rsid w:val="00A05287"/>
+    <w:rsid w:val="00B26181"/>
+    <w:rsid w:val="00B464C3"/>
+    <w:rsid w:val="00C572DF"/>
+    <w:rsid w:val="00D14BD3"/>
+    <w:rsid w:val="00DD0A29"/>
+    <w:rsid w:val="00E61E29"/>
+    <w:rsid w:val="00E90666"/>
+    <w:rsid w:val="00FA3025"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-KZ"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="786BEEA4"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{9F45499A-EBD3-4902-9E32-9C821F9ACA98}"/>
+  <w14:docId w14:val="7029F433"/>
+  <w15:docId w15:val="{6C922922-9DA0-49BF-AB8E-58BEB54CE718}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -20271,566 +8636,447 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00661C21"/>
-[...33 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="007B7081"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00661C21"/>
+    <w:rsid w:val="000553D2"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00661C21"/>
+    <w:rsid w:val="000553D2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...63 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00661C21"/>
+    <w:rsid w:val="00034AB2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...15 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sosh4@goo.edu.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>10115</Characters>
+  <Pages>8</Pages>
+  <Words>1798</Words>
+  <Characters>10255</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>85</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11866</CharactersWithSpaces>
+  <CharactersWithSpaces>12029</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>master.04s@outlook.com</dc:creator>
+  <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>