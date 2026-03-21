--- v0 (2025-12-05)
+++ v1 (2026-03-21)
@@ -1,965 +1,933 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7843FE40" w14:textId="77777777" w:rsidR="00984175" w:rsidRDefault="00984175" w:rsidP="00984175">
-[...10 lines deleted...]
-    <w:p w14:paraId="637DDBA7" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
+    <w:p w14:paraId="5ECB5C26" w14:textId="77777777" w:rsidR="00B96DFF" w:rsidRPr="004E04DC" w:rsidRDefault="00B96DFF" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A9B025C" w14:textId="77777777" w:rsidR="00262E1E" w:rsidRPr="004E04DC" w:rsidRDefault="00262E1E" w:rsidP="00262E1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="6E607FFD" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B6541E" w14:textId="77777777" w:rsidR="00262E1E" w:rsidRPr="004E04DC" w:rsidRDefault="00651E4A" w:rsidP="00262E1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00F1546E">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 39 инновациялық үлгідегі гимназия сыныптары бар</w:t>
+      </w:r>
+      <w:r w:rsidR="00262E1E" w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C5F4CA" w14:textId="77777777" w:rsidR="006E0927" w:rsidRPr="004E04DC" w:rsidRDefault="006E0927" w:rsidP="006E0927">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2124"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D4CC6D2" w14:textId="77777777" w:rsidR="006E0927" w:rsidRPr="004E04DC" w:rsidRDefault="00651E4A" w:rsidP="006E0927">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2124"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әлеуметтік педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0927" w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00262E1E" w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос ла</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0927" w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уазымына тағайындау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45742D2C" w14:textId="77777777" w:rsidR="006E0927" w:rsidRPr="004E04DC" w:rsidRDefault="006E0927" w:rsidP="006E0927">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсының </w:t>
+      </w:r>
+      <w:r w:rsidR="00262E1E" w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F5C462" w14:textId="77777777" w:rsidR="006E0927" w:rsidRPr="004E04DC" w:rsidRDefault="006E0927" w:rsidP="006E0927">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...180 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w14:paraId="337B9D73" w14:textId="77777777" w:rsidR="00262E1E" w:rsidRPr="004E04DC" w:rsidRDefault="00262E1E" w:rsidP="006E0927">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2832" w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73717039" w14:textId="1F97D9A4" w:rsidR="00C363E3" w:rsidRPr="004E04DC" w:rsidRDefault="009733CC" w:rsidP="00C553ED">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002F08C2">
+      </w:pPr>
+      <w:r w:rsidRPr="009733CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басшының оқу ісі жөніндегі орынбасары, басшының инновациялық жұмыс жөніндегі орынбасары, неміс тілі, көркем еңбек, кәсіпкерлік және бизнес негіздері, физика, орыс тілі мен әдебиеті, математика, тарих және география, әлеуметтік мұғалімнің уақытша бос лауазымына орналасуға конкурс өткізілді. Кандидаттардың болмауына байланысты жарамсыз деп танылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61EB3464" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00262E1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1745B992" w14:textId="77777777" w:rsidR="00262E1E" w:rsidRPr="004E04DC" w:rsidRDefault="00262E1E" w:rsidP="00262E1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық комиссияның</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68ECD653" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="00262E1E" w:rsidP="003C3A58">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хатшысы                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00651E4A" w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дьяченко А.В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E72882" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="003C3A58">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F09F4D2" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="003C3A58">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C01DDDA" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="003C3A58">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EA8CB90" w14:textId="31A56F83" w:rsidR="00C363E3" w:rsidRPr="002A69EC" w:rsidRDefault="00F35BAC" w:rsidP="003C3A58">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурс на</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0057716C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E04DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы  </w:t>
+      </w:r>
+      <w:r w:rsidR="0057716C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="002A69EC" w:rsidRPr="002A69EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қа</w:t>
+      </w:r>
+      <w:r w:rsidR="00A717CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңтар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C962536" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="004E04DC" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> временн</w:t>
-[...504 lines deleted...]
-    <w:sectPr w:rsidR="00B062BD" w:rsidRPr="001C38A5">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="671E508C" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1104F316" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05EE5FDF" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24E0AF6D" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AB6B207" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DD890AF" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="683350C1" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13ADEB63" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="122BDE54" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37FCFA2F" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F16A35A" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2285C270" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0080F737" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E98B91E" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7402A051" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23CD48E0" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1571802F" w14:textId="77777777" w:rsidR="003C3A58" w:rsidRPr="004E04DC" w:rsidRDefault="003C3A58" w:rsidP="00B96DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003C3A58" w:rsidRPr="004E04DC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FE05354"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2AD8F37A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="2145611085">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00782E99"/>
-[...45 lines deleted...]
-    <w:rsid w:val="00F24FEE"/>
+    <w:rsidRoot w:val="0090705F"/>
+    <w:rsid w:val="001A3214"/>
+    <w:rsid w:val="00262E1E"/>
+    <w:rsid w:val="002A69EC"/>
+    <w:rsid w:val="00344311"/>
+    <w:rsid w:val="003C3A58"/>
+    <w:rsid w:val="003E23F5"/>
+    <w:rsid w:val="004149C7"/>
+    <w:rsid w:val="004E04DC"/>
+    <w:rsid w:val="00514D0E"/>
+    <w:rsid w:val="0057716C"/>
+    <w:rsid w:val="005A276E"/>
+    <w:rsid w:val="00601DA9"/>
+    <w:rsid w:val="00651E4A"/>
+    <w:rsid w:val="00656960"/>
+    <w:rsid w:val="006E0927"/>
+    <w:rsid w:val="00711A0A"/>
+    <w:rsid w:val="00736D97"/>
+    <w:rsid w:val="0074089D"/>
+    <w:rsid w:val="0078651A"/>
+    <w:rsid w:val="00794310"/>
+    <w:rsid w:val="008B0E33"/>
+    <w:rsid w:val="0090705F"/>
+    <w:rsid w:val="00926690"/>
+    <w:rsid w:val="0094391B"/>
+    <w:rsid w:val="009733CC"/>
+    <w:rsid w:val="009D0100"/>
+    <w:rsid w:val="00A717CB"/>
+    <w:rsid w:val="00B96DFF"/>
+    <w:rsid w:val="00BC390F"/>
+    <w:rsid w:val="00C363E3"/>
+    <w:rsid w:val="00C553ED"/>
+    <w:rsid w:val="00D55296"/>
+    <w:rsid w:val="00E75923"/>
+    <w:rsid w:val="00F35BAC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5C4A65A6"/>
-  <w15:docId w15:val="{3CCE855A-72C0-40A8-8C7E-9BAA124363C4}"/>
+  <w14:docId w14:val="2AB82FB4"/>
+  <w15:docId w15:val="{4278A797-29A5-431A-8BCD-8B00EC044355}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1317,92 +1285,151 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00984175"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00711A0A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00711A0A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006E0927"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006E0927"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1651,70 +1678,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>102</Words>
-  <Characters>583</Characters>
+  <Words>101</Words>
+  <Characters>581</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>684</CharactersWithSpaces>
+  <CharactersWithSpaces>681</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>