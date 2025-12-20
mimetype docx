--- v0 (2025-12-07)
+++ v1 (2025-12-20)
@@ -2,24237 +2,8300 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="5295BF39" w14:textId="7FDA49B2" w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+    <w:p w14:paraId="4E4E5607" w14:textId="77777777" w:rsidR="009B3C4A" w:rsidRDefault="009B3C4A" w:rsidP="009B3C4A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B5CFF">
+      <w:r w:rsidRPr="00E940AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының № 5 жалпы орта білім беру мектебі» КММ</w:t>
+        <w:t>КГУ «Средняя общеобразовательная школа №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E940AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D5BE7B" w14:textId="3C06254A" w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w:rsidRDefault="00286735" w:rsidP="00E1304D">
+    <w:p w14:paraId="730A8C5F" w14:textId="17FDD67A" w:rsidR="00270922" w:rsidRDefault="009B3C4A" w:rsidP="00270922">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E940AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidR="00270922">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="00165280">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">временно </w:t>
+      </w:r>
+      <w:r w:rsidR="00270922" w:rsidRPr="00E940AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную должность</w:t>
+      </w:r>
+      <w:r w:rsidR="00270922">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7912EDD2" w14:textId="75755EBA" w:rsidR="00B00AEE" w:rsidRPr="00165280" w:rsidRDefault="00D6634D" w:rsidP="0060746B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00165280">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орыс</w:t>
+        <w:t>истории</w:t>
       </w:r>
-      <w:r w:rsidR="00E1304D" w:rsidRPr="004B5CFF">
-[...187 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="506"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6676"/>
+        <w:gridCol w:w="954"/>
+        <w:gridCol w:w="4342"/>
+        <w:gridCol w:w="4623"/>
+        <w:gridCol w:w="218"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E1304D" w:rsidRPr="009C3C70" w14:paraId="16629027" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="00CB0176" w:rsidRPr="009E3757" w14:paraId="279F4E04" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6C9FC058" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+          <w:p w14:paraId="663A7C6F" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F349FD">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2729" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="47A2E1F0" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+          <w:p w14:paraId="6CC4A4EF" w14:textId="150B9612" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r w:rsidRPr="00270922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC27DD7" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F349FD">
+          <w:p w14:paraId="4EF85345" w14:textId="49C2B38D" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 5 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>редняя общеобразовательная школа № 5 города Павлодара» отдела образования города Павлодара, Управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="614021C4" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="5BDA5E65" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5E40E2FC" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+          <w:p w14:paraId="2580C207" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2729" w:type="dxa"/>
-[...16600 lines deleted...]
-            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6F7CA110" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+          <w:p w14:paraId="57A04076" w14:textId="37FE7C5E" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r w:rsidRPr="00270922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>местонахождение, почтовый адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5620" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1B3BD1DC" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="39D5D85E" w14:textId="60A85FC7" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>140006</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>, Республика Казахстан, Павлодарская область, город Павлодар, улица Лермонтова, 129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="2903E4DF" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="632E5004" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3D78C5CB" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+          <w:p w14:paraId="63643722" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5D48E006" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+          <w:p w14:paraId="16A40984" w14:textId="3068836F" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r w:rsidRPr="00270922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Телефонный номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5620" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4FC739DE" w14:textId="58CEEA28" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00557064" w:rsidP="00557064">
+          <w:p w14:paraId="2E0DD197" w14:textId="3E7E16C4" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="0060746B" w:rsidP="0060746B">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 62</w:t>
             </w:r>
-            <w:r w:rsidR="00470FF2" w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00A17F8E" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-95-80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="0E6E705C" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="66D8365B" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="15701615" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+          <w:p w14:paraId="0A56C476" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="080BD9A8" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+          <w:p w14:paraId="3DBB98D1" w14:textId="39128E27" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r w:rsidRPr="00270922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>электронная почта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5620" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="49A9B415" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="60E25B5F" w14:textId="18A29631" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>sosh5@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="31897F23" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="70D0C989" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3DD92E06" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+          <w:p w14:paraId="15AC8EA9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4FC76349" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+          <w:p w14:paraId="17E99442" w14:textId="139D85D5" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r w:rsidRPr="00270922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5620" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2F38CFD2" w14:textId="71067FC1" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00D20A7F">
+          <w:p w14:paraId="76E9578E" w14:textId="6BC18E8F" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="0053773E" w:rsidP="0060746B">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Учитель </w:t>
             </w:r>
-            <w:r w:rsidR="00D20A7F" w:rsidRPr="00F349FD">
+            <w:r w:rsidR="00165280">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">художественного труда (мальчики) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00286735" w:rsidRPr="00F349FD">
+              <w:t>истории</w:t>
+            </w:r>
+            <w:r w:rsidR="0060746B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00286735" w:rsidRPr="00F349FD">
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+            <w:r w:rsidR="00165280">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="003758DA" w:rsidRPr="00F349FD">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00D6634D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="1890CBD5" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="448BB71A" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="02DF1F03" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="14D07CCA" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="44B55988" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="1D501A24" w14:textId="1259201A" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="009B3C4A" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r w:rsidRPr="00270922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Основные функцианальные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5620" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="08C732A1" w14:textId="0702998F" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
-[...20 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="29F6ABC7" w14:textId="5680728C" w:rsidR="0053773E" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...851 lines deleted...]
-              <w:t xml:space="preserve"> прививает антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников.</w:t>
+              <w:t>- о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающегося.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DF2637A" w14:textId="37007E49" w:rsidR="0053773E" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>- о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>беспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AF9E76E" w14:textId="0B483D09" w:rsidR="0053773E" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>- о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рганизует вторичную занятость учащихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41733B67" w14:textId="30E39B49" w:rsidR="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- в своей работе по предмету использует разнообразные приемы, методы и средства обучения. Реализует образовательные программы. Обеспечивает уровень подготовки, соответствующий требованиям государственного образовательного стандарта и несет о</w:t>
+            </w:r>
+            <w:r w:rsidR="00564B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тветственность за их реализацию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="006E45E5" w14:textId="1D83DC21" w:rsidR="0053773E" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едет в установленном порядке учебную документацию, осуществляет текущий контроль успеваемости и </w:t>
+            </w:r>
+            <w:r w:rsidR="006F5247">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>посещаемости учащихся на уроках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12974963" w14:textId="3F5C34AD" w:rsidR="0053773E" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>- о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>существляет связь с родителями обучающихся (или их законными представителями).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50E714BC" w14:textId="6E3E931E" w:rsidR="0053773E" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>- с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>истематически повышает свою профессиональную квалификацию. Участвует в деятельности методических объединений и других формах методической работы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66862D7B" w14:textId="141C0514" w:rsidR="008E7665" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- соблюдает этические нормы поведения, является примером для учащихся, воспитанников.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="5E2AFB9B" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00BA4B1E" w14:paraId="7AA8DAD0" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="05E87C6E" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="3EFC3E1B" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="42FA3777" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="6DE76D98" w14:textId="20EFAA92" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="00270922" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r w:rsidRPr="00270922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Размер и условия оплаты труда</w:t>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidR="00A17F8E" w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>азмер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5620" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="142EB037" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="1F5E2B1E" w14:textId="707E3BA8" w:rsidR="00452B55" w:rsidRPr="00C86ABF" w:rsidRDefault="00452B55" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- должностной оклад в соответствии с нормативными документами; стажем и категорией;</w:t>
+              <w:t>- должностной оклад в соответствии с нормативными документами</w:t>
+            </w:r>
+            <w:r w:rsidR="00444EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>стажем и категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="5E451293" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="041D1699" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="32034A0B" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="3ADF5141" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F349FD">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="433C4E94" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="34F772FE" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00D925B1" w:rsidRDefault="00A17F8E" w:rsidP="00D925B1">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r w:rsidRPr="00D925B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B9F61A6" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="50BBCC06" w14:textId="14033745" w:rsidR="00B1578A" w:rsidRPr="00D925B1" w:rsidRDefault="00A17F8E" w:rsidP="00D925B1">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F349FD">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D925B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5620" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2C720E00" w14:textId="1FDDA29D" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="300ECD72" w14:textId="52F5DEDA" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F349FD">
+              <w:t xml:space="preserve">высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, </w:t>
+            </w:r>
+            <w:r w:rsidR="002405A7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-              <w:pStyle w:val="ad"/>
+              <w:t>без предъявления требований к стажу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B840E15" w14:textId="1B1C45C8" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="0053773E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- дополнительно наличие квалификации: "педагог – модератор", "педагог – эксперт" или "педагог – исследователь" или "педагог – мастер".</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дополнительно наличие квалификации: </w:t>
+            </w:r>
+            <w:r w:rsidR="0053773E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«педагог-модератор» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"педагог – эксперт" или</w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"педагог – исследователь" или "педагог – мастер".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="21B429F8" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00BA4B1E" w14:paraId="3E22BC34" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1AE6852B" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="6AF88C53" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F349FD">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="188F8E74" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="5C2C3473" w14:textId="49E735C3" w:rsidR="00B1578A" w:rsidRPr="00D925B1" w:rsidRDefault="009E3DE6" w:rsidP="00D925B1">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F349FD">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D925B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5620" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5658A4B9" w14:textId="0D582C2E" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00557064" w:rsidP="00557064">
+          <w:p w14:paraId="26E519FD" w14:textId="4B37E6C0" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00165280" w:rsidP="006F5247">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F349FD">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>01.02-09</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00013294" w:rsidRPr="00F349FD">
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidR="0060746B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F349FD">
+              <w:t>.02</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>02.2024</w:t>
+              <w:t>.-13</w:t>
+            </w:r>
+            <w:r w:rsidR="00311A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.02.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="59FD4C01" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="79B2552A" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="17BAE3FE" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="559AE0B2" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F349FD">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="77C93307" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="31AAE348" w14:textId="4B8771F4" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F349FD">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5620" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7CB796BD" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...30 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="6A84EF81" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление об участии в конкурсе с указанием </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08E520CD" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B8FFC68" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="59281264" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DD32833" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="71566FD3" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Типовы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ми</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>квалификационны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ми</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> характеристик</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ами</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> педагогов;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08BA27A3" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1C0CE844" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="688F5C66" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="363740DC" w14:textId="302F1897" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре </w:t>
+            </w:r>
+            <w:r w:rsidR="00776DE1" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>государственной регистрации нормативных правовых актов под</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C00EB1" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>7) справку с психоневрологической организации;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="369DE577" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="63005CD0" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>8) справку с наркологической организации;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22CF1203" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...40 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1FF58077" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D97F581" w14:textId="2EDEDBFE" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F349FD">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
-            </w:r>
-[...25 lines deleted...]
-              <w:t>) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="7BD9801D" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00955507" w14:paraId="40360B64" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="65599EF9" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="497A1D79" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00D478D0" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F349FD">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3A34A3C7" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="6CC9967A" w14:textId="20512AE6" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F349FD">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5620" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="107BE3A9" w14:textId="3D67B02C" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="001B61E2" w:rsidP="00557064">
+          <w:p w14:paraId="0C9EB944" w14:textId="2EA3BE9B" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00311A8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F349FD">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...14 lines deleted...]
-              <w:t>25 мая 2024 года</w:t>
+              </w:rPr>
+              <w:t>До 25 мая 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="5088E842" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="009E3DE6" w14:paraId="0DEE8277" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10124" w:type="dxa"/>
+            <w:tcW w:w="9919" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC237BB" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294"/>
-[...14 lines deleted...]
-          </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="9493" w:type="dxa"/>
               <w:jc w:val="right"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9493"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="119F22CD" w14:textId="77777777" w:rsidTr="00CA63C3">
+            <w:tr w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w14:paraId="2E688B9F" w14:textId="77777777" w:rsidTr="00C86ABF">
               <w:trPr>
                 <w:trHeight w:val="30"/>
                 <w:jc w:val="right"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="42346136" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+                <w:p w14:paraId="27D92D25" w14:textId="1E677DE1" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00E1304D">
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:t>Приложение 10 к Правилам</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00E1304D">
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:br/>
                     <w:t>назначения на должности,</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00E1304D">
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:br/>
+                  </w:r>
+                  <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                  <w:bookmarkEnd w:id="0"/>
+                  <w:r w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
                     <w:t>освобождения от должностей</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00E1304D">
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:br/>
                     <w:t>первых руководителей</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00E1304D">
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:br/>
                     <w:t>и педагогов государственных</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00E1304D">
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:br/>
                     <w:t>организаций образования</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="6E8223AA" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+                <w:p w14:paraId="0634B0A0" w14:textId="275819BB" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00E1304D">
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:t>Форма</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="2106D7A2" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="10165B04" w14:textId="36CA8202" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
-[...19 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="1" w:name="z332"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>__________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(государственный орган, объявивший конкурс)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="708430DE" w14:textId="2242FEAD" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44AE6585" w14:textId="00810407" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.И.О. кандидата (при его наличии), ИИН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C6062BF" w14:textId="0E601B62" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>__________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                             </w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(должность, место работы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ED8AD1A" w14:textId="72C644CA" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E1304D">
-[...6 lines deleted...]
-          <w:p w14:paraId="5C80FDDD" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>____________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0975B642" w14:textId="0DEE5F5D" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...78 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58B1F194" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...7 lines deleted...]
-          <w:p w14:paraId="3D8D90EF" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="4A595BA6" w14:textId="77777777" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03DDC68A" w14:textId="611DC4B9" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z333"/>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заявление</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AFDF650" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...27 lines deleted...]
-          <w:p w14:paraId="442FE0B1" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="6A20F805" w14:textId="7BBF7C32" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z334"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>должности (нужное подчеркнуть)</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> __________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DD7D52D" w14:textId="19BE6A6B" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>______________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C19CE67" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BCBC53B" w14:textId="32326C77" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...25 lines deleted...]
-          <w:p w14:paraId="535A6DF4" w14:textId="4B6110F2" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="751021F4" w14:textId="14DC3464" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>В настоящее время работаю</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44B5B5E8" w14:textId="66B3E92C" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="004715CE" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A106EEF" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Сообщаю о себе следующие сведения:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D3B29D5" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="337C7EA6" w14:textId="320E28EB" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41C0B0F6" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="6444825B" w14:textId="77777777" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="3681"/>
-[...1 lines deleted...]
-              <w:gridCol w:w="3698"/>
+              <w:gridCol w:w="3524"/>
+              <w:gridCol w:w="2511"/>
+              <w:gridCol w:w="3543"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="4AA785A0" w14:textId="77777777" w:rsidTr="00CA63C3">
+            <w:tr w:rsidR="00467337" w:rsidRPr="00C86ABF" w14:paraId="66B9EDF6" w14:textId="77777777" w:rsidTr="00467337">
               <w:trPr>
                 <w:trHeight w:val="30"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4518" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="1851AC61" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+                <w:p w14:paraId="4A136625" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00E1304D">
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:t>Наименование учебного заведения</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3262" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="104EC501" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+                <w:p w14:paraId="654269FD" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00E1304D">
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:t>Период обучения</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4520" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="38E880F2" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+                <w:p w14:paraId="3FE8F2DD" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00E1304D">
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:t>Специальность по диплому</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="19BFCC68" w14:textId="77777777" w:rsidTr="00CA63C3">
+            <w:tr w:rsidR="00467337" w:rsidRPr="00C86ABF" w14:paraId="15EABDC6" w14:textId="77777777" w:rsidTr="00467337">
               <w:trPr>
                 <w:trHeight w:val="30"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4518" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="17BE306E" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+                <w:p w14:paraId="05EAE2DE" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="7654B59D" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+                <w:p w14:paraId="1F0E12BA" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3262" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="2AC83715" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+                <w:p w14:paraId="79F12642" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="5DF5DB99" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+                <w:p w14:paraId="3355B720" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4520" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3BF6548C" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+                <w:p w14:paraId="7A5F17EB" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="74166223" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+                <w:p w14:paraId="2D2595A6" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="6E1176A3" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="697F1ECF" w14:textId="374342C6" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z335"/>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t> Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F0148A5" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...86 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w14:paraId="4CCDC8C9" w14:textId="67F7CF30" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_____________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="004715CE" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2556329C" w14:textId="2AE91F34" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Стаж педагогической работы: ______________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="004715CE" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>__________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E056A5" w14:textId="0602D0CB" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Имею следующие результаты работы: _____</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="004715CE" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>__________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C674466" w14:textId="42BE2ABF" w:rsidR="004715CE" w:rsidRPr="00C86ABF" w:rsidRDefault="004715CE" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3212A908" w14:textId="30338D9F" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59255E43" w14:textId="16A37F44" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
-[...13 lines deleted...]
-          <w:p w14:paraId="099E15CC" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="10EB7485" w14:textId="207C711D" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D9B2C1D" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00D478D0" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="10B6E457" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="37D20631" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="53629E0B" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="4924F5A5" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0955EDEE" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="0BC542A3" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40958672" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="172733AD" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4353AC17" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="5F9189D9" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7BFDBEAD" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+          <w:p w14:paraId="5881FDB2" w14:textId="4C135242" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00D478D0" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F431E18" w14:textId="77777777" w:rsidR="00E47903" w:rsidRPr="00E1304D" w:rsidRDefault="00E47903" w:rsidP="00E47903">
+    <w:p w14:paraId="051103D0" w14:textId="264EEBAB" w:rsidR="00452A41" w:rsidRPr="00955507" w:rsidRDefault="00467337" w:rsidP="00955507">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E1304D">
+      <w:r w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>«____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1304D">
+      <w:r w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>»_______________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1304D">
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2023</w:t>
+        <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1304D">
+      <w:r w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1304D">
+      <w:r w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">год </w:t>
+        <w:t>год</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1304D">
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                       ______________________                                                                                                                                                            </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1304D">
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1304D">
+      <w:r w:rsidR="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1304D">
+      <w:r w:rsidR="00452A41" w:rsidRPr="00C86ABF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C86ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>подпись</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1304D">
+      <w:r w:rsidR="00452A41" w:rsidRPr="00C86ABF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE64AB2" w14:textId="77777777" w:rsidR="00E47903" w:rsidRPr="00E1304D" w:rsidRDefault="00E47903" w:rsidP="00E47903">
+    <w:p w14:paraId="35F66234" w14:textId="48222EC5" w:rsidR="00955507" w:rsidRPr="00955507" w:rsidRDefault="00955507" w:rsidP="00955507">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62691926" w14:textId="74F6C1FC" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="397CD210" w14:textId="049390D9" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C2890ED" w14:textId="2B4CA180" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35DC7754" w14:textId="65DAA476" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE41FA2" w14:textId="3D9E3862" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79E5D9B8" w14:textId="01DE6B0C" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CBD60EF" w14:textId="183C85CC" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64E5ACD6" w14:textId="5A2483C1" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45DF602D" w14:textId="257968C1" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DB475C0" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00452A41" w:rsidRDefault="00955507" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="613A8559" w14:textId="1F0A8D00" w:rsidR="00C86ABF" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...84 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00452A41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="05D83BAB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00452A41">
+    <w:p w14:paraId="72CFFC0F" w14:textId="77777777" w:rsidR="007F65F8" w:rsidRPr="00270922" w:rsidRDefault="007F65F8" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2060DE0D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00DF4A7D" w:rsidRDefault="00C86ABF" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00955507" w:rsidRPr="00E1304D" w14:paraId="713C805C" w14:textId="77777777" w:rsidTr="00955507">
+      <w:tr w:rsidR="00955507" w:rsidRPr="001A640F" w14:paraId="49A65E40" w14:textId="77777777" w:rsidTr="00955507">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA9B925" w14:textId="77777777" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00566D98">
+          <w:p w14:paraId="63BC3F80" w14:textId="77777777" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00270922">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1261B696" w14:textId="46346966" w:rsidR="00955507" w:rsidRPr="00955507" w:rsidRDefault="00955507" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>первых руководителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>и педагогов государственных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>организаций образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00955507" w:rsidRPr="00E1304D" w14:paraId="7FD05B37" w14:textId="77777777" w:rsidTr="00955507">
+      <w:tr w:rsidR="00955507" w14:paraId="10A137EB" w14:textId="77777777" w:rsidTr="00955507">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="391543A1" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00E1304D" w:rsidRDefault="00955507" w:rsidP="00955507">
+          <w:p w14:paraId="0E7A9B37" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00955507" w:rsidRDefault="00955507" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7748441D" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00E1304D" w:rsidRDefault="00955507" w:rsidP="00955507">
+    <w:p w14:paraId="7AC6F041" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00CB0176" w:rsidRDefault="00955507" w:rsidP="00955507">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E1304D">
+      <w:r w:rsidRPr="00CB0176">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9921" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="570"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1326"/>
+        <w:gridCol w:w="321"/>
+        <w:gridCol w:w="2442"/>
+        <w:gridCol w:w="1836"/>
+        <w:gridCol w:w="184"/>
+        <w:gridCol w:w="1939"/>
+        <w:gridCol w:w="2139"/>
+        <w:gridCol w:w="976"/>
+        <w:gridCol w:w="114"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00270922" w:rsidRPr="00E1304D" w14:paraId="461E40A3" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w:rsidRPr="00955507" w14:paraId="4D86D2EE" w14:textId="77777777" w:rsidTr="00270922">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9921" w:type="dxa"/>
+            <w:tcW w:w="9951" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A6A058C" w14:textId="33659F53" w:rsidR="00270922" w:rsidRPr="00E1304D" w:rsidRDefault="00270922" w:rsidP="00270922">
+          <w:p w14:paraId="13FC040F" w14:textId="25AA42E7" w:rsidR="00270922" w:rsidRDefault="00270922" w:rsidP="00270922">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>_________________________________________________________________________________________</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="40638CD3" w14:textId="77777777" w:rsidR="00270922" w:rsidRPr="00E1304D" w:rsidRDefault="00270922" w:rsidP="00270922">
+              <w:t>___</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29B98743" w14:textId="684EA386" w:rsidR="00270922" w:rsidRPr="00955507" w:rsidRDefault="00270922" w:rsidP="00270922">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(фамилия, имя, отчество</w:t>
             </w:r>
-            <w:r w:rsidR="00CB0176" w:rsidRPr="00E1304D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00CB0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E1304D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(при его наличии))</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="00E1304D" w14:paraId="55570AC8" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="6126BDF6" w14:textId="77777777" w:rsidTr="00270922">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6310" w:type="dxa"/>
-[...43 lines deleted...]
-            <w:tcW w:w="2560" w:type="dxa"/>
+            <w:tcW w:w="4599" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08A24C55" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="14A95AA3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="005F5942">
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D550FF5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4006D504" w14:textId="438A57BF" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="4F1B167C" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="504E349D" w14:textId="3351EE1D" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07457373" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="15E3717A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E6ABF9F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="51850FFD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3045FD1F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="78C33F5D" w14:textId="0A23CC93" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Подтверждающий документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="080C573F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="7562C68C" w14:textId="34255E2C" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z340"/>
-            <w:r w:rsidRPr="00E1304D">
+            <w:bookmarkStart w:id="5" w:name="z340"/>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Кол-во баллов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="1"/>
-          <w:p w14:paraId="5C7BBC37" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w14:paraId="6967DB1F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11F069E4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="6928ACA5" w14:textId="1C7A881A" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="466EE5BE" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="4FD8A599" w14:textId="5874152D" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="1180"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D3A77E6" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="63454AA4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27169F21" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="40CCB515" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29E37009" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...39 lines deleted...]
-          <w:p w14:paraId="6DD574B8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="5B887FC2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="194CF0F3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0545E47B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6ECA673E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04C3574A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="744D6D16" w14:textId="65E7B2CD" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30EBBB78" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="595AE053" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E83B18D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...39 lines deleted...]
-          <w:p w14:paraId="7DABC12D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="152B98DA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EA323A9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="122A59F5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42AC21DC" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="554F1564" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="595EDA54" w14:textId="609BD534" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="411EDA34" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="26EAB3BD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z341"/>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Техническое и профессиональное = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="2"/>
-[...90 lines deleted...]
-              <w:t>заочное/дистанционное - минус 2 балла</w:t>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w14:paraId="14FE30BB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76A02BF4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>высшее заочное/дистанционное = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79C32E6B" w14:textId="23C3C5C1" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30F87360" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="785D3403" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="09DEB4D9" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w14:paraId="1F22DAEE" w14:textId="2AA16109" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="277088E2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="4555B99F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23401E4B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="6A808D96" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DD6F511" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...15 lines deleted...]
-          <w:p w14:paraId="76763EEB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="70A53995" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25AF3C3C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04BED6D7" w14:textId="0D9EF1CF" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3158B735" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="1D1C8ED9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33792D38" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...23 lines deleted...]
-          <w:p w14:paraId="351E56C0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="2F4A67CA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="486DC2C7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7170CFD1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2844B3EC" w14:textId="0FE17BB1" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BCCB448" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="6EB738F4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z344"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w14:paraId="0610C8C7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>PHD-доктор = 10 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="272D2D50" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="4CF32F91" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Доктор наук = 10 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B3012FC" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="7492F8E6" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E54F482" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="2874AD23" w14:textId="3F2B20B8" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C350A73" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="0C14592F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="1AC12B58" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w14:paraId="2906CF78" w14:textId="03AE1B6C" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="535DD634" w14:textId="01758080" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00C86ABF">
+          <w:p w14:paraId="17358D51" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51EF7430" w14:textId="34A02986" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00955507">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="694DDC7B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A6ACB71" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D3AB28D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35C7C3E7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="378289ED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55BD1CA7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69527405" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="127B18B4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A858767" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="579E3AAF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="264DEF45" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DBC56DB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F420D6E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38CE452D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3509A63E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59B90A4B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B04F13F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="562F7B42" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54285657" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5488743C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A29DDD9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="507456ED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63D6074E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="380EE13E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="199D0638" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19757E41" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C00D5A5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="666DAAA2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3813B785" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C7B2062" w14:textId="18380490" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5872D9" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="6EFF8CB4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A493378" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00955507">
+          <w:p w14:paraId="2D6EF0A8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CEE200F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3211FB5B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E91FD7E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="574327CB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16141961" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51AA913B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="656E12A4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="600BB6D1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66439B08" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F3358AF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="196219E4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73DB0E7E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="535025D7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C59E3D1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45FB5CC7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79FF8F66" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BAA6189" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F7A50E5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16B5C2A5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48CFE5AC" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36BA087D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C108428" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44358143" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="230C0F73" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04B2F581" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EBDDDE4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B6FA3DD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2455A4FA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BE21B28" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A964624" w14:textId="04A6BE60" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1548813A" w14:textId="4BA9A3B4" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00955507">
-[...11 lines deleted...]
-              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+          <w:p w14:paraId="120D9458" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z347"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w14:paraId="2E00AF77" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B58243F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F7371AF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ADD1685" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EB5E541" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7328A8AE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79DC12A5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AC43277" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23D0AFB6" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17F1A09A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BAAF25D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58209906" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="759B60B4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64D9DE50" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="153285E5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E476C12" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2509CC20" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03E8BC73" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12922C92" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CC497A3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов =3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CF9FD56" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D78C421" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D08F171" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B235285" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25218352" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11B7B3D0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F79EFEE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 8 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F64E3D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B24264A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64DDE48F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F962F92" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FABC3EA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B87B39C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50024C13" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="032D5E08" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E7D064F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D6807C1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 8 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AFE35AE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 9 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="455E2163" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4733B040" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24FD6690" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28545797" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46B0F4F3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DB1F7DB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>С квалификационной категорией "педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F7E3D69" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>= 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19924080" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00955507">
+          <w:p w14:paraId="495EAC51" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="0AC3FAF6" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="2A859C94" w14:textId="50056E1A" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="560F681E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="0551FED9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="281A32F2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...60 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="528ACCEF" w14:textId="31E4D81F" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификация/Категория</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="719087B6" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06E24F8B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B9E68F3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47D779D1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E795596" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35AA6C8D" w14:textId="30693093" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19482071" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="007F65F8" w:rsidP="00955507">
-[...12 lines deleted...]
-            <w:r w:rsidR="00C86ABF" w:rsidRPr="00E1304D">
+          <w:p w14:paraId="53461A36" w14:textId="7FB544D4" w:rsidR="00C86ABF" w:rsidRDefault="007F65F8" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Удостоверение, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF" w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> документ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F113D6E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...39 lines deleted...]
-          <w:p w14:paraId="77628AC0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="18405FB8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6797E042" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A801C8F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2841F1D4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F3A73E5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66132D05" w14:textId="04E70F16" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A71DBAB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="08B303D1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z392"/>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2 категория = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="3"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w14:paraId="56A62B16" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1 категория = 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F75D941" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="3FCFD3BE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Высшая категория = 3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="471C6C01" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="22FAF751" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Педагог-модератор = 3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28683097" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="10EEA95B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Педагог-эксперт = 5 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="401CDC9C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="2EE3D41D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Педагог-исследователь = 7 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E4818A7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="754D1E05" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EE67930" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="7B5DAAA4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="5C8E4CA4" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="16D89860" w14:textId="5368558E" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14037D96" w14:textId="01BA3433" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00470FF2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="62D4AFDB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
-[...9 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64F599F7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7FFCE103" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EB262F0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="146B5973" w14:textId="27B1E531" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D207498" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="782CBB59" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="75535209" w14:textId="4C8A7EBB" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2125B939" w14:textId="653AAB49" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...76 lines deleted...]
-              <w:t>= 5 баллов</w:t>
+          <w:p w14:paraId="187F2B7E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z398"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w14:paraId="61B43CF0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A92BDEB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A8CCE71" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14214CDC" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="64A70BB7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="005CDD3B" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="0669CDCE" w14:textId="7779513B" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1F282D" w14:textId="1437B9A3" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00470FF2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="0E5A4DC1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
-[...9 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78551A6A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...27 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3965A567" w14:textId="54A6BAC5" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A9B1CDE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...27 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0B87346B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0232D261" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...26 lines deleted...]
-              <w:t>"хорошо" = 0,5 балла</w:t>
+          <w:p w14:paraId="5CF291BC" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z401"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w14:paraId="60CDC139" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="507A7F13" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68E3A5CF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="042E37E7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="75FB79FB" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w14:paraId="46F1B76D" w14:textId="7C2348F2" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="059FCA8C" w14:textId="07C1560F" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00470FF2" w:rsidP="00566D98">
+          <w:p w14:paraId="2408F968" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
-[...9 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2A137B" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
-[...13 lines deleted...]
-          <w:p w14:paraId="0F3A4DDC" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
+          <w:p w14:paraId="1830F051" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55C0391E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0754CCA6" w14:textId="28801C08" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="634F66D8" w14:textId="0892D771" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4C872F4B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="799BB079" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B3BA2D1" w14:textId="792E2057" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66E2C221" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
-[...30 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+          <w:p w14:paraId="19E213B4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z403"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w14:paraId="111AA9D3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A7A6ED9" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
+          <w:p w14:paraId="70B2564F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="27236949" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="490BD58C" w14:textId="04A61235" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="971"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B839BC0" w14:textId="24BDC6CE" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00470FF2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="4216BE25" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
-[...9 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12FB0179" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...69 lines deleted...]
-          <w:p w14:paraId="429F9CB1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="505683BF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D895A58" w14:textId="64CE105C" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="004B0AA5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...43 lines deleted...]
-          <w:p w14:paraId="68D662A2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="03617295" w14:textId="6569F459" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Письмо</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F66E6FD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E646D16" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AEBD6C3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="195BD80F" w14:textId="4DB9C5F3" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0392C7E2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...138 lines deleted...]
-              <w:t>" = 10 баллов</w:t>
+          <w:p w14:paraId="737C751D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z404"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p w14:paraId="08A5C62F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Отсутствие рекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AB0BB3C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65130E95" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="72153851" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="6B005C75" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="4F45483B" w14:textId="331E7D0E" w:rsidTr="007F65F8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
+          <w:trHeight w:val="971"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="148AD25D" w14:textId="2F83E03C" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00470FF2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="660C3326" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1304D">
-[...9 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB50025" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...21 lines deleted...]
-          <w:p w14:paraId="645A89ED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="2F7A8121" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B17EB5D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E3373DF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="563E5470" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="442F4055" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B7E5D99" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FBC14F9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61DD35AF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D132A18" w14:textId="4D7D7ACF" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="006A2903" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...29 lines deleted...]
-          <w:p w14:paraId="5A80D635" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="6342CD22" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="z406"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w14:paraId="14C47948" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="773814F2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="506D7029" w14:textId="20563615" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA697AB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...41 lines deleted...]
-              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+          <w:p w14:paraId="1174A6CB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z408"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+          <w:p w14:paraId="432F81AD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="108EB213" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D524FC7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69CB6D11" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C2414F8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>обладатель медали "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E1304D">
-[...3 lines deleted...]
-              <w:t>Scopus</w:t>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E1304D">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24A86390" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="33B03EDB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="08F0F8E9" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="269088B5" w14:textId="0B6816F4" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="2599"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07E7E9D8" w14:textId="7A8A5E27" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...23 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="2FF0ECFB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6702C853" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...77 lines deleted...]
-          <w:p w14:paraId="053D674B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="4CD350CB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41687E98" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48C02217" w14:textId="29CD3B4B" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FB06072" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...85 lines deleted...]
-          <w:p w14:paraId="1D7E27D5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="506CCA8B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CADFBE9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="361D55DA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DE89C15" w14:textId="39A6266F" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BCAD625" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...82 lines deleted...]
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+          <w:p w14:paraId="2FB88F4C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="z413"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p w14:paraId="565E1CE4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73873F33" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0308F022" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="33453561" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="46687B07" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="25A2467C" w14:textId="011DA08F" w:rsidTr="007F65F8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
+          <w:trHeight w:val="2599"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F89AABC" w14:textId="3A61330A" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...22 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="11D940ED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F67BF95" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...109 lines deleted...]
-          <w:p w14:paraId="57D9D002" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="76C52105" w14:textId="23754B94" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65E143C1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6231C040" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FF475AA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="489DF61E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3307415B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A9538DE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5581E352" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="162A0036" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="569C8E47" w14:textId="72FAAF75" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0DAE8C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...119 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4F0B0CE3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="z415"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p w14:paraId="7172211C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2902BE21" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C4750D3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B259DFB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AD8AFED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42F711A2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25C4E746" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="483B8744" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75FA4B29" w14:textId="508FBA1D" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A599FAE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...121 lines deleted...]
-          <w:p w14:paraId="0C25B0BF" w14:textId="77777777" w:rsidR="00D5663B" w:rsidRPr="00E1304D" w:rsidRDefault="00D5663B" w:rsidP="00955507">
+          <w:p w14:paraId="1E2256E9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z416"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p w14:paraId="266CFB98" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DFCAC9E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2176FE4B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D06555D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BC2E5C5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2705D3FD" w14:textId="24954290" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CFA38F9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="68A54B03" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="4A51AA8E" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="2908693E" w14:textId="283BB3B8" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52BFFD64" w14:textId="1CC2A0F1" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E1304D">
+          <w:p w14:paraId="5D76D804" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A68CEC1" w14:textId="1FFB5D5C" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
-[...28 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1DA7585F" w14:textId="47BCCAD8" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30BEA1E0" w14:textId="1C54ED50" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0120CEDD" w14:textId="62AC9B9F" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12DB0A77" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72302B4B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54A58653" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59A0AB7C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3521AECE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F03ABB9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66AC5AC4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41DEBCCE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6131D31C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E4287E1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61E178D1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3349EA8B" w14:textId="5963B9F3" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11D08B65" w14:textId="09394CCB" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
-[...11 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+          <w:p w14:paraId="35B7AF36" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z421"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p w14:paraId="62C986DA" w14:textId="6BDF3272" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68474A09" w14:textId="6C9F1FD8" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11F02A3E" w14:textId="2F9598FB" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45914060" w14:textId="191AA43C" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="705F7106" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="187FDE54" w14:textId="6ADDD654" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08806DE6" w14:textId="7643CE53" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7C810CC3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="20" w:name="z427"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p w14:paraId="7DD38348" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="609023DD" w14:textId="3343FB4C" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курсы = 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="520C6AE0" w14:textId="416CEC2A" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AACEA77" w14:textId="26AB9D97" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20C972D6" w14:textId="6B47526F" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A324C3C" w14:textId="66A36074" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24B826FF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55833B8E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1703A91A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47180E1E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08F31A85" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="372AD6D5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3784EC0E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73D0667E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36605778" w14:textId="0160A617" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4204B99E" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
+          <w:p w14:paraId="156A61ED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="00E1304D" w14:paraId="10BCC36B" w14:textId="77777777" w:rsidTr="00D5663B">
+      <w:tr w:rsidR="00270922" w14:paraId="5E0D124D" w14:textId="2D3B90E6" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8449" w:type="dxa"/>
+            <w:tcW w:w="8861" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31449BD4" w14:textId="6133E322" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Итого:                                             </w:t>
+          <w:p w14:paraId="7BE01185" w14:textId="583E4599" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Максимальный балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="301AD727" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="61328C30" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34A1A7F4" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E1304D" w:rsidRDefault="00452A41" w:rsidP="00955507">
+    <w:p w14:paraId="731CF39B" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00955507" w:rsidRDefault="00452A41" w:rsidP="00955507">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38B50B71" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00E1304D" w:rsidRDefault="00955507" w:rsidP="001B695E">
+    <w:p w14:paraId="1F998AC5" w14:textId="77777777" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00955507" w:rsidRPr="00E1304D" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="00955507" w:rsidSect="00511A98">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -24585,163 +8648,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="1B612010"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9241E8C"/>
     <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24810,277 +8760,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-[...225 lines deleted...]
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25149,51 +8873,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25243,804 +8967,770 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="4"/>
-[...4 lines deleted...]
-  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
-    <w:rsid w:val="00013294"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00144E1A"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="0016201F"/>
     <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="00165280"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
-    <w:rsid w:val="001A7009"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
-    <w:rsid w:val="001B61E2"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F7085"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
-    <w:rsid w:val="002069CA"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002405A7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="00263977"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00270922"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="00286735"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
-    <w:rsid w:val="002C5AD5"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00311A8E"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00366A01"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
-    <w:rsid w:val="003758DA"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
-    <w:rsid w:val="003E078C"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="0041775B"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00444EA6"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00452B55"/>
     <w:rsid w:val="00456CEA"/>
-    <w:rsid w:val="004578CD"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00467337"/>
     <w:rsid w:val="00470A6E"/>
-    <w:rsid w:val="00470FF2"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="004715CE"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B2B06"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C0D95"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
-    <w:rsid w:val="004E529F"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="00511A98"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="0053773E"/>
     <w:rsid w:val="00552FDD"/>
-    <w:rsid w:val="00557064"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00564B26"/>
     <w:rsid w:val="00566BA8"/>
-    <w:rsid w:val="00566D98"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
-    <w:rsid w:val="005918FB"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="0060746B"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F5247"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="00776DE1"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="007F65F8"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00875E95"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
-    <w:rsid w:val="008B60A8"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D153B"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
-    <w:rsid w:val="00905346"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00955507"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B1760"/>
     <w:rsid w:val="009B3C4A"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
-    <w:rsid w:val="009C3C70"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3757"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E3DE6"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A17F8E"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A85ED6"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
-    <w:rsid w:val="00AA2BC8"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AA5C63"/>
     <w:rsid w:val="00AA70B0"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE4327"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
-    <w:rsid w:val="00C340BC"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C86ABF"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB0176"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
-    <w:rsid w:val="00D20A7F"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
-    <w:rsid w:val="00D43BB6"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
-    <w:rsid w:val="00D5663B"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D6634D"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D925B1"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DA6B51"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
-    <w:rsid w:val="00DF719B"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
-    <w:rsid w:val="00E1304D"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E429B2"/>
     <w:rsid w:val="00E43AF2"/>
-    <w:rsid w:val="00E47903"/>
+    <w:rsid w:val="00E500D8"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
-    <w:rsid w:val="00E71974"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E74F4F"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
-    <w:rsid w:val="00EB66CB"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC745C"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
-    <w:rsid w:val="00F349FD"/>
-    <w:rsid w:val="00F34B5F"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
-    <w:rsid w:val="00F7465C"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD020D"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FE688A"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="41C7CC19"/>
+  <w14:docId w14:val="4E991A17"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -26160,51 +9850,50 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F34B5F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -26353,130 +10042,50 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
     <w:name w:val="a"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00E74F4F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="280" w:after="280" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00467337"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ae">
-[...78 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -26596,51 +10205,50 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F34B5F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -26789,241 +10397,83 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
     <w:name w:val="a"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00E74F4F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="280" w:after="280" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00467337"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ae">
-[...78 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="103774868">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="335617763">
-      <w:bodyDiv w:val="1"/>
-[...50 lines deleted...]
-    <w:div w:id="660889300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1909723829">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2133211311">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -27308,78 +10758,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D23508-C17B-464F-9940-22F85E37AAD9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DF7B201-7693-43E7-9F66-F2B7E93FE560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>3851</Words>
-  <Characters>21953</Characters>
+  <Words>1757</Words>
+  <Characters>10015</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>182</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25753</CharactersWithSpaces>
+  <CharactersWithSpaces>11749</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>