--- v0 (2025-12-08)
+++ v1 (2026-01-14)
@@ -2,8302 +2,24270 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="4E4E5607" w14:textId="77777777" w:rsidR="009B3C4A" w:rsidRDefault="009B3C4A" w:rsidP="009B3C4A">
+    <w:p w14:paraId="5295BF39" w14:textId="7FDA49B2" w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E940AB">
+      <w:r w:rsidRPr="004B5CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>КГУ «Средняя общеобразовательная школа №</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>«Павлодар қаласының № 5 жалпы орта білім беру мектебі» КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730A8C5F" w14:textId="17FDD67A" w:rsidR="00270922" w:rsidRDefault="009B3C4A" w:rsidP="00270922">
+    <w:p w14:paraId="55D5BE7B" w14:textId="1BD301B6" w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w:rsidRDefault="00286735" w:rsidP="00E1304D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...59 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">учителя </w:t>
+        <w:t>орыс</w:t>
       </w:r>
-      <w:r w:rsidR="00CD212E">
+      <w:r w:rsidR="00E1304D" w:rsidRPr="004B5CFF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>физической культуры</w:t>
+        <w:t xml:space="preserve"> тіл</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="003758DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>де оқытатын</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1304D" w:rsidRPr="004B5CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C33FA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дене шынықтыру</w:t>
+      </w:r>
+      <w:r w:rsidR="003758DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00013294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33FA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidR="009C3C70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B61E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уақытша </w:t>
+      </w:r>
+      <w:r w:rsidR="003758DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1304D" w:rsidRPr="004B5CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2C8907" w14:textId="54033E52" w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidR="003758DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="009198CE" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="954"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="218"/>
+        <w:gridCol w:w="506"/>
+        <w:gridCol w:w="2729"/>
+        <w:gridCol w:w="6676"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB0176" w:rsidRPr="009E3757" w14:paraId="279F4E04" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="00C33FA3" w14:paraId="16629027" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="663A7C6F" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="6C9FC058" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC4A4EF" w14:textId="150B9612" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
-[...13 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+          <w:p w14:paraId="47A2E1F0" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EF85345" w14:textId="49C2B38D" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
-[...1 lines deleted...]
-              <w:pStyle w:val="ad"/>
+          <w:p w14:paraId="4EC27DD7" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-              <w:t>редняя общеобразовательная школа № 5 города Павлодара» отдела образования города Павлодара, Управления образования Павлодарской области</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 5 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="5BDA5E65" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="614021C4" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5E40E2FC" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A50CDF0" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F95BB7" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140006, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Лермонтов көшесі, 129 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="1B2E06A6" w14:textId="77777777" w:rsidTr="00013294">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="745C556F" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15467F7C" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C956AC6" w14:textId="636FF353" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00557064" w:rsidP="00557064">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 62</w:t>
+            </w:r>
+            <w:r w:rsidR="00E1304D" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-95-80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="45BC4AFF" w14:textId="77777777" w:rsidTr="00013294">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC1C42D" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="578FE330" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="460B9768" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>sosh5@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="00C33FA3" w14:paraId="7D976859" w14:textId="77777777" w:rsidTr="00013294">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6395E6C9" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C3982C" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52B179B8" w14:textId="56BC62EB" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="003758DA" w:rsidP="00C33FA3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орыс тілінде оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidR="00C33FA3" w:rsidRPr="00C33FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дене шынықтыру</w:t>
+            </w:r>
+            <w:r w:rsidR="00C33FA3" w:rsidRPr="00C33FA3">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C33FA3" w:rsidRPr="00C33FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мұғалімі </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00C33FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="00013294" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="00557064" w14:paraId="73BF4752" w14:textId="77777777" w:rsidTr="00013294">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="348B1CBD" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DA429E" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCB9AEA" w14:textId="5DBFCB26" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A02E29D" w14:textId="1B4EBD31" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     - білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BBC988D" w14:textId="36BCC822" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>    -  білім алушыда педагогқа құрметпен қарауға тәрбиелейді, педагогтың аты мен әкесінің аты бойынша сыпайы қарым-қатынас немесе "учитель/мұғалім" тікелей қарым-қатынас арқылы қарым-қатынастың іскерлік стилі мен сөйлеу этикетін сақтауға үйретеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D3501D5" w14:textId="03569733" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     -  білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралдарын қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55943373" w14:textId="21E15BBB" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     - пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлім үшін жиынтық бағалау және тоқсан үшін жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3186B246" w14:textId="5D88D020" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>    -  бөлім бойынша жиынтық бағалауды және тоқсан бойынша жиынтық бағалауды өткізу қорытындысы бойынша талдау жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1771E5B3" w14:textId="64A5487E" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    -  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>журналдарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қағаз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толтырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0785B555" w14:textId="33DB070E" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үрдісінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заманауи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қолданады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F8A4549" w14:textId="74AA7288" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қарапайым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>технологиялардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пайдаланады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6690DF54" w14:textId="49F8D26D" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жалпыға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міндетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стандартында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көзделген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұлғалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жүйелік-қызметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеткізуін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ED4833D" w14:textId="69AD85B9" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>берілуіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушыларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әзірлеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орындауға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоспарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кестесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көлемде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырылуын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19BBA051" w14:textId="40EFFA26" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қабілеттерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызығушылықтарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бейімділіктерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерделейді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E01FF25" w14:textId="515C6BE1" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>инклюзивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24427338" w14:textId="2FD3E5FB" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттіліктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттіліктерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ескере</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бейімдейді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="244AFC6B" w14:textId="73C67E58" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интерактивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>материалдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ресурстарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қашықтықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>режимінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BC25CE0" w14:textId="20E9FD84" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлестіктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қауымдастығының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кеңестердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>желілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қоғамдастықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>отырыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A71EC92" w14:textId="4BAF7B0F" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ата-аналарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>консилиумдарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F8D65CC" w14:textId="2610BA94" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ата-аналарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кеңес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>береді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E8704E6" w14:textId="6AD28838" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құзыреттілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CD3B176" w14:textId="29C0BEFC" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қауіпсіздігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбекті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өртке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="104BE7C4" w14:textId="626BA016" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезеңінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өмірі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қорғауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B071342" w14:textId="55E96453" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ата-аналармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адамдармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ынтымақтастықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="697AA8A2" w14:textId="75BAB96A" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орган </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекіткен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толтырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21A45101" w14:textId="1767FB9D" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арасында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сыбайлас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жемқорлыққа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мәдениетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адалдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаттарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңіреді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51097AF7" w14:textId="5F683BD1" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00013294" w:rsidRPr="00C33FA3" w14:paraId="7D7360B6" w14:textId="77777777" w:rsidTr="00013294">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1FFCB8" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="422ECFEC" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2E0300" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A3EFCC2" w14:textId="604596D8" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="003758DA">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="00C33FA3" w14:paraId="5426872E" w14:textId="77777777" w:rsidTr="00013294">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5215D6" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1C85FD" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="674D0D2E" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03813551" w14:textId="77777777" w:rsidR="00557064" w:rsidRPr="00F349FD" w:rsidRDefault="00557064" w:rsidP="00557064">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары және (немесе) жоғары оқу орнынан кейiнгi педагогикалық бiлiмi немесе тиiстi бейiн бойынша өзге де кәсiптiк бiлiмi немесе педагогикалық қайта даярлаудан өткенiн, педагогикалық жұмыс өтiлiн растайтын құжат құпталады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6008FEDE" w14:textId="0EE71D26" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00557064" w:rsidP="00557064">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- қосымша біліктілік: «мұғалім-модератор», «мұғалім-сарапшы» немесе «оқытушы-зерттеуші» немесе «мұғалім-шебер».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="49202798" w14:textId="77777777" w:rsidTr="00013294">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="651CC534" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC63F66" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7AE7ED" w14:textId="0568A7A6" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00557064" w:rsidP="009C3C70">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00C33FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003758DA" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C33FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>02-14</w:t>
+            </w:r>
+            <w:r w:rsidR="00E1304D" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>02.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="00C33FA3" w14:paraId="31CE8241" w14:textId="77777777" w:rsidTr="00013294">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="719BCA68" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00B0EFF8" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EF2BE0F" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>осымша</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61720B6F" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F2D7953" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E945F23" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D129077" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C3CFB66" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A854D8C" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26FCD75E" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CDEED04" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аттестациядан өту нәтижелері туралы сертификат немесе педагог-модератордан төмен емес қолданыстағы бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>іктілік санатының болуы туралы сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F3A4624" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F379151" w14:textId="7497E432" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәжірибесіз кандидаттар үшін 720 x 480 ажыратымдылығы бар кемінде 15 минут созылатын бейне көрсетілім.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="678D6D2B" w14:textId="77777777" w:rsidTr="00013294">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A67C96F" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AA78EA6" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="691862A6" w14:textId="7921AC11" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="001B61E2" w:rsidP="00557064">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Уақытша </w:t>
+            </w:r>
+            <w:r w:rsidR="00557064" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25 мамыр</w:t>
+            </w:r>
+            <w:r w:rsidR="00C33FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін,  18</w:t>
+            </w:r>
+            <w:r w:rsidR="00D20A7F" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағат</w:t>
+            </w:r>
+            <w:r w:rsidR="00013294" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3B418A8D" w14:textId="77777777" w:rsidR="00D20A7F" w:rsidRDefault="00D20A7F" w:rsidP="00470FF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C8E9004" w14:textId="77777777" w:rsidR="00D20A7F" w:rsidRPr="00D20A7F" w:rsidRDefault="00D20A7F" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="738C6453" w14:textId="77777777" w:rsidR="00D20A7F" w:rsidRDefault="00D20A7F" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C309483" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EBE37CA" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A592435" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38CED115" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7137E592" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="086F152B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="288BC14E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14838709" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14E01281" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7332951C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="768F407D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70A9FC36" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="443D86BF" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07673338" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D24990D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="201059EC" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E56702D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="451A4617" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BFFAEBC" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="776A8B33" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B4D5EDD" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="023CFF8F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7924B80F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10B6109D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33A81680" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52740092" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D26CD52" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="449F9729" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3976C79A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CD43245" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="139933F2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4D6B1DE2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="216658C5" w14:textId="3BE4A65E" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E684618" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жариялағанмемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31560054" w14:textId="39563965" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5768DD" w14:textId="5AF6638F" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735EB1A9" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F349FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (кандидаттыңТ.А.Ә. (болғанжағдайда), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12D29643" w14:textId="4DCF3359" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F349FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33DB312D" w14:textId="20F1B6F3" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F349FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7404450B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AFA64F5" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F349FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмысорны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7300147F" w14:textId="083AD79B" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F349FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651F31F6" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78CCA4DF" w14:textId="614B4FE2" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDDFE8A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="287AD3F8" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2290C9" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="481931A1" w14:textId="373AE976" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0991D9B0" w14:textId="5DF935E0" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B58F381" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E82690A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C0481EB" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F8F3AE" w14:textId="3C94C1DE" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A935D9" w14:textId="31DE4647" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5683A54A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1368F176" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C03ECB9" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D9D392A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2091"/>
+        <w:gridCol w:w="3221"/>
+        <w:gridCol w:w="1548"/>
+        <w:gridCol w:w="3169"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="1827A5A9" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="1052"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A6F6CC" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0756B160" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23DF6B5F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқуорныныңатауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D26D787" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқукезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="662742D6" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Дипломбойыншамамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="0B3C020F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="246E9E5D" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="895"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="440AFE50" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74CB2C8F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31796090" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="187A3C79" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="42BE164C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="116A4A83" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктіліксанатыныңболуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>растаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B94275" w14:textId="546E0436" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F374531" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2666359B" w14:textId="1BA48095" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалықжұмысөтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2335C1" w14:textId="10E59C5D" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесіжұмыснәтижелерімбар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="73D1FAA9" w14:textId="53AC5328" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598A2585" w14:textId="14FF084A" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23CE5089" w14:textId="16EDC1CC" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF45CDB" w14:textId="3A306A74" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059B032C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26D558A5" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,ғылымидәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылымиатағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B68B7B" w14:textId="6E70B895" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3311C9D9" w14:textId="7566212A" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C794D58" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6498F5B2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cондай-аққосымшамәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болғанжағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B168780" w14:textId="6A133DF8" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A59318A" w14:textId="7F3D3AB7" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ACE2E29" w14:textId="6B0286B3" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CDA91E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56DDD603" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17682382" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>»_______________   ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1126F3B8" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E6083E2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77B024C1" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B7EEE09" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F7E94BB" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="061C8C06" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10347D9A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48C331FF" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0361CE32" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A2FFD60" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E1821F7" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EDBF59D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="576A9606" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F0A461D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38308986" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39189BFE" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00252F9A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D9FCFA2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66ED4587" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4217"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="3E9EC831" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="379145CD" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B2FA9AE" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E8D5ABE" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FDEFF65" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>інші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48F88D66" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02555561" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EB91D1E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6C72C46F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09E6BEDA" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогтіңбоснемесеуақытшабослауазымынакандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғалаупарағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743473A7" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болғанжағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B45D24B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="992"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="0A783C79" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="521"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A14E34" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2741FB42" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2950C8B4" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Растайтынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B305DEF" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл саны(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29906AAC" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="245921F3" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00C33FA3" w14:paraId="530E6AD9" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B4B597" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA72E35" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>імдеңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A4849D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>імітуралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7680614F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техникалықжәнекәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36221194" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғарыкүндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54093A99" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0119E5A3" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="598B60D3" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="5689220C" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B25F739" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A8A313B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академиялықдәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="128F7117" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>імітуралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23F22BDD" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесежоғарыбілімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>маман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C899315" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64DC3F47" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылымдокторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70747EE6" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40354447" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="2A3C743D" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65EC006C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29D915D0" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08269998" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұлттықбі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іктіліктестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BDF0534" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D78371" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іліктіліксанатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="77DA60F0" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FC5BDB1" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="300AF55C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F739DE5" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="017D1B02" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3781D3C6" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдістемежәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AA627AE" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="234CE780" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5859D032" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0894FEEF" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5704D876" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FF10533" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="002078D9" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002078D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог-модератор»біліктіліксанатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C6169AB" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="002078D9" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002078D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="101F8D94" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="002078D9" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002078D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2587330B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="002078D9" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002078D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EBE0363" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="002078D9" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002078D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70-тен 80 балғадейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A94D75C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="002078D9" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002078D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80-ден 90 балғадейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B16E1ED" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="002078D9" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002078D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістемежәне педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67E62473" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="002078D9" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002078D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03114A97" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="002078D9" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002078D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40-тан 50 балғадейін=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49672B2B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15EFDFD3" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E6A6BE8" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43BA7D58" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог-сарапшы» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64677F8B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7194EAE2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7903D5D0" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="232E7431" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="482C375E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6354FA7F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдістемежәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E1AC2D0" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73B075E2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53A75483" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="556217B4" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F3446BC" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="038A54D2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог-зерттеуші» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CE4AA71" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B6BAD0F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="002078D9" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002078D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CDAE39B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="002078D9" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002078D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445A6BE7" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BEA5867" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484E5F4E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдістемежәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01AAFECB" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17FD61DA" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40 - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E9FB333" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FAA958C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E381CF6" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59BBE202" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-шебер» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17DA3BFF" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="7A312444" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C441063" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A35AA11" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47CA0AA5" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0725D2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0642C6E1" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AD45432" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғарысанатты-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EAECD51" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23077D63" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7161F416" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55DDE7E0" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D156E31" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="6667352C" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A493612" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75AC23A2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогикалыққызметөтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DFE88C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбеккітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбекқызметіналмастыратынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E935E1" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74C4A53E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="370437AE" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37D8E74D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылданжәнеоданартық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="172E4DB1" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="102228E4" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="206FC9D4" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9E929E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әкімшілікжәнеәдістемелікқызметтәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D6BB7FB" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбеккітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбекқызметіналмастыратынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="787DBFF8" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B3A783F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D23B2C5" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8E1E03" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="34A35332" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09877777" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CFED265" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жұмысқаалғашкі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іскенпедагогтарүшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46DA2F14" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мтуралыдиплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғақосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B4CE98F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="10A8DDE1" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтежақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3954CCCB" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0541493D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="1B49B765" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78BB7B2E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B7181A1" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алдыңғыжұмысорнынанұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбекқызметінжүзегеасырукезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C86E94F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB16426" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оңұсынысхаттыңболуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="365BE796" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болмағанжағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ED040E7" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Терісұсынысхаттыңболуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1656CED6" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="0DBD526F" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="760D5463" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="786B4ABB" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кәсібижеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іктердіңкөрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="471ED002" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>імалушылардыңдипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстаржеңімпаздарыныңграмоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылымижобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="041EC21C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>імдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадаларжеңімпаздарыныңдипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B09566F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2045A4E3" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AD353A9" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="083D40E8" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30EFB4D6" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>онкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76F94430" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>онкурсыныңжүлдегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53B9EC75" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>медаль «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстанныңеңбексіңіргенұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»– 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB12AA2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00C33FA3" w14:paraId="7535639C" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33102E0A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EC2F493" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдістемелікқызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="682D750E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>авторлықжұмыстаржәнежарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F08921" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесінеенгізілгеноқулықтардыңжәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесетең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50C9982B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>РОӘКтізбесінеенгізілгеноқулықтардыңжәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) ОӘ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесетең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы– 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60DF9A03" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы– 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D24509C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="52D8BA47" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3B4A17" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="299615EB" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалыққызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD3AFBC" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3D09B78F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көптілділі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ктіж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үзегеасыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38D3B0F5" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C386FD6" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ӘБжетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C272D80" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әсіби-педагогикалыққауымдастықкөшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56094949" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілдеоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D4D61CB" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CAD6E47" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілдеоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="046C8937" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="5AFB5839" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6F1194" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43024829" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курстықдайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49972E3A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әндікдайындықсертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47D53F09" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлықсауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AE01F8C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6327318C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71A4B314" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалаунегіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмысістеудіоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ағдарламаларыбойыншаоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="567703B2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>урстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ED5A034" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қайсысыжеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="546FAAE1" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="3D9B1F46" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77745E6B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4657154C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15D8EA24" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="030BA31D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="707D4B7A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11C56D27" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ADF15A0" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="526EFDD3" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="070C5F66" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00B47412" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25D589DE" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C16CD63" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61D215BC" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5398A96C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22A86768" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3193CC16" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E093087" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="119757EE" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7614F15E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C7C8DEC" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="715D6A6D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27C8D3AE" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C7652B8" w14:textId="77777777" w:rsidR="00D20A7F" w:rsidRPr="00D20A7F" w:rsidRDefault="00D20A7F" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E5A2013" w14:textId="33AA5DEC" w:rsidR="00470FF2" w:rsidRPr="00E1304D" w:rsidRDefault="00470FF2" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1304D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа №5 города Павлодара» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34780001" w14:textId="592346E5" w:rsidR="00470FF2" w:rsidRPr="00AA5C63" w:rsidRDefault="00470FF2" w:rsidP="00557064">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1304D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела образования города Павлодара, управления образования Павлодарской области объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="001B61E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">временно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1304D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00013294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00557064">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>художественного труда (мальчики)</w:t>
+      </w:r>
+      <w:r w:rsidR="00286735">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с русским языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="001B61E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AA4F8B5" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00E1304D" w:rsidRDefault="00470FF2" w:rsidP="00470FF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1304D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E6297F" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00E1304D" w:rsidRDefault="00470FF2" w:rsidP="00470FF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1171"/>
+        <w:gridCol w:w="4051"/>
+        <w:gridCol w:w="5128"/>
+        <w:gridCol w:w="218"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="2A41D2FC" w14:textId="77777777" w:rsidTr="00013294">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D2BCCA" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A14814" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5620" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A571808" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 5 города Павлодара» отдела образования города Павлодара, Управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="60EE9FE4" w14:textId="77777777" w:rsidTr="00013294">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2580C207" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="3A47CC7D" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="57A04076" w14:textId="37FE7C5E" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="6F7CA110" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00270922">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>местонахождение, почтовый адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:tcW w:w="5620" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="39D5D85E" w14:textId="60A85FC7" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="1B3BD1DC" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>140006</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>, Республика Казахстан, Павлодарская область, город Павлодар, улица Лермонтова, 129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="632E5004" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="2903E4DF" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="975" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="63643722" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="3D78C5CB" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="16A40984" w14:textId="3068836F" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="5D48E006" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00270922">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Телефонный номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:tcW w:w="5620" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0DD197" w14:textId="3E7E16C4" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="0060746B" w:rsidP="0060746B">
+          <w:p w14:paraId="4FC739DE" w14:textId="58CEEA28" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00557064" w:rsidP="00557064">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 62</w:t>
             </w:r>
-            <w:r w:rsidR="00A17F8E" w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00470FF2" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-95-80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="66D8365B" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="0E6E705C" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="975" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0A56C476" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="15701615" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3DBB98D1" w14:textId="39128E27" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="080BD9A8" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00270922">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>электронная почта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:tcW w:w="5620" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="60E25B5F" w14:textId="18A29631" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="49A9B415" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>sosh5@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="70D0C989" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="31897F23" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="975" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="15AC8EA9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="3DD92E06" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="17E99442" w14:textId="139D85D5" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="4FC76349" w14:textId="77777777" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00470FF2" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00270922">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:tcW w:w="5620" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="76E9578E" w14:textId="53C66556" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="0053773E" w:rsidP="0060746B">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="2F38CFD2" w14:textId="71067FC1" w:rsidR="00470FF2" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00D20A7F">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Учитель </w:t>
             </w:r>
-            <w:r w:rsidR="00CD212E" w:rsidRPr="00CD212E">
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00D20A7F" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">художественного труда (мальчики) </w:t>
+            </w:r>
+            <w:r w:rsidR="00286735" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00286735" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(с русским языком обучения)</w:t>
+            </w:r>
+            <w:r w:rsidR="003758DA" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5C63" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001B61E2" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="448BB71A" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="1890CBD5" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="975" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="14D07CCA" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="02DF1F03" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1D501A24" w14:textId="1259201A" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="009B3C4A" w:rsidP="00C86ABF">
+          <w:p w14:paraId="44B55988" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00270922">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Основные функцианальные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:tcW w:w="5620" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="29F6ABC7" w14:textId="5680728C" w:rsidR="0053773E" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
-[...169 lines deleted...]
-              <w:t>- соблюдает этические нормы поведения, является примером для учащихся, воспитанников.</w:t>
+          <w:p w14:paraId="08C732A1" w14:textId="0702998F" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>осуществляет обучение и воспитание обучающихся с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CEDED7A" w14:textId="09C9C1AB" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>  способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EBC5ADB" w14:textId="1C1771E0" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AF64EDD" w14:textId="4A784D0E" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="263C3CD1" w14:textId="0430F226" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за четверть;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FF5F12B" w14:textId="64C64A09" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  проводит анализ по итогам проведения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за четверть с комментариями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4931F741" w14:textId="261317E2" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>   заполняет журналы (бумажные или электронные);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE7638A" w14:textId="4588000F" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    обеспечивает достижение личностных, системно-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деятельностных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73E26053" w14:textId="0D7719D1" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>   участвует в разработке и выполнении учебных программ, в том числе программ для обучающихся с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E963D06" w14:textId="2D261CA7" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>  изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74AFE62B" w14:textId="2A25EF36" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>  создает условия для инклюзивного образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1DFB68" w14:textId="0C56BB78" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адаптирует учебные программы с учетом индивидуальной потребности обучающегося с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5973C8FE" w14:textId="3CD2CE70" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организовывает занятия в дистанционном режиме с использованием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49F296C2" w14:textId="7E468556" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A8E6C2F" w14:textId="72762E99" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    участвует в педагогических консилиумах для родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44D953DD" w14:textId="3AE69540" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>  консультирует родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60732AD0" w14:textId="3AF880DB" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>  повышает профессиональную компетентность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D3E4C1F" w14:textId="05C01915" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>   соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19FB23F2" w14:textId="6A742BC5" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>   обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="529EB6DB" w14:textId="358EFF6A" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DD9D563" w14:textId="49E9559B" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    заполняет документы, перечень которых утвержден уполномоченным органом в области образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="413E92C1" w14:textId="1785FBD2" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прививает антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00BA4B1E" w14:paraId="7AA8DAD0" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="5E2AFB9B" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="975" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3EFC3E1B" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="05E87C6E" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE76D98" w14:textId="20EFAA92" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="00270922" w:rsidP="00C86ABF">
+          <w:p w14:paraId="42FA3777" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00270922">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>азмер и условия оплаты труда</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:tcW w:w="5620" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1F5E2B1E" w14:textId="707E3BA8" w:rsidR="00452B55" w:rsidRPr="00C86ABF" w:rsidRDefault="00452B55" w:rsidP="00C86ABF">
-[...33 lines deleted...]
-              <w:t>;</w:t>
+          <w:p w14:paraId="142EB037" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- должностной оклад в соответствии с нормативными документами; стажем и категорией;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="041D1699" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="5E451293" w14:textId="77777777" w:rsidTr="00013294">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="975" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3ADF5141" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="32034A0B" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="34F772FE" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00D925B1" w:rsidRDefault="00A17F8E" w:rsidP="00D925B1">
+          <w:p w14:paraId="433C4E94" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D925B1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50BBCC06" w14:textId="14033745" w:rsidR="00B1578A" w:rsidRPr="00D925B1" w:rsidRDefault="00A17F8E" w:rsidP="00D925B1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00D925B1">
+          <w:p w14:paraId="7B9F61A6" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-              </w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:tcW w:w="5620" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="300ECD72" w14:textId="52F5DEDA" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2C720E00" w14:textId="1FDDA29D" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C86ABF">
-[...62 lines deleted...]
-              <w:t>"педагог – исследователь" или "педагог – мастер".</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>соответствующему профилю или документ, подтверждающий педагогическую переподготовку, приветствуется наличие стажа педагогической работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E8FD0AC" w14:textId="0BC820A2" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- дополнительно наличие квалификации: "педагог – модератор", "педагог – эксперт" или "педагог – исследователь" или "педагог – мастер".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00BA4B1E" w14:paraId="3E22BC34" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="21B429F8" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="975" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF88C53" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="1AE6852B" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5C2C3473" w14:textId="49E735C3" w:rsidR="00B1578A" w:rsidRPr="00D925B1" w:rsidRDefault="009E3DE6" w:rsidP="00D925B1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00D925B1">
+          <w:p w14:paraId="188F8E74" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:tcW w:w="5620" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="26E519FD" w14:textId="6557182E" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00165280" w:rsidP="00CD212E">
-[...42 lines deleted...]
-              <w:t>.02.2024</w:t>
+          <w:p w14:paraId="5658A4B9" w14:textId="0D582C2E" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00557064" w:rsidP="00557064">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01.02-09</w:t>
+            </w:r>
+            <w:r w:rsidR="00013294" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>02.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="79B2552A" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="59FD4C01" w14:textId="77777777" w:rsidTr="00013294">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="559AE0B2" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="17BAE3FE" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="31AAE348" w14:textId="4B8771F4" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C86ABF">
+          <w:p w14:paraId="77C93307" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:tcW w:w="5620" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6A84EF81" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="7CB796BD" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A1ED2F6" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59281264" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="7B8FFC68" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71566FD3" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5DD32833" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Типовы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ми</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>квалификационны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ми</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> характеристик</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ами</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> педагогов;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C0CE844" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="08BA27A3" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="363740DC" w14:textId="302F1897" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="688F5C66" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ED89A22" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7) справку с психоневрологической организации;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63005CD0" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="369DE577" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8) справку с наркологической организации;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FF58077" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="22CF1203" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CDE1B01" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5180EC7D" w14:textId="3CB697A4" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00955507" w14:paraId="40360B64" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="7BD9801D" w14:textId="77777777" w:rsidTr="00013294">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="497A1D79" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00D478D0" w:rsidP="00C86ABF">
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="65599EF9" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC9967A" w14:textId="20512AE6" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C86ABF">
+          <w:p w14:paraId="3A34A3C7" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:tcW w:w="5620" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0C9EB944" w14:textId="2EA3BE9B" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00311A8E" w:rsidP="00C86ABF">
-[...10 lines deleted...]
-              <w:t>До 25 мая 2024 года</w:t>
+          <w:p w14:paraId="107BE3A9" w14:textId="3D67B02C" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="001B61E2" w:rsidP="00557064">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Временно до </w:t>
+            </w:r>
+            <w:r w:rsidR="00557064" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25 мая 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w14:paraId="0DEE8277" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="5088E842" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9919" w:type="dxa"/>
+            <w:tcW w:w="10124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
+          <w:p w14:paraId="4BC237BB" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294"/>
+          <w:p w14:paraId="74E0CE7B" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294"/>
+          <w:p w14:paraId="2BAA95D9" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00013294">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A435F74" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00013294">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="9493" w:type="dxa"/>
               <w:jc w:val="right"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9493"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w14:paraId="2E688B9F" w14:textId="77777777" w:rsidTr="00C86ABF">
+            <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="119F22CD" w14:textId="77777777" w:rsidTr="00CA63C3">
               <w:trPr>
                 <w:trHeight w:val="30"/>
                 <w:jc w:val="right"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="27D92D25" w14:textId="1E677DE1" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                <w:p w14:paraId="42346136" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C86ABF">
+                  <w:r w:rsidRPr="00E1304D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:t>Приложение 10 к Правилам</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00C86ABF">
+                  <w:r w:rsidRPr="00E1304D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:br/>
                     <w:t>назначения на должности,</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00C86ABF">
+                  <w:r w:rsidRPr="00E1304D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:br/>
                     <w:t>освобождения от должностей</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00C86ABF">
+                  <w:r w:rsidRPr="00E1304D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:br/>
                     <w:t>первых руководителей</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00C86ABF">
+                  <w:r w:rsidRPr="00E1304D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:br/>
                     <w:t>и педагогов государственных</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00C86ABF">
+                  <w:r w:rsidRPr="00E1304D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:br/>
                     <w:t>организаций образования</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="0634B0A0" w14:textId="275819BB" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+                <w:p w14:paraId="6E8223AA" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C86ABF">
+                  <w:r w:rsidRPr="00E1304D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:t>Форма</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="10165B04" w14:textId="36CA8202" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="2106D7A2" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z332"/>
-[...66 lines deleted...]
-          <w:p w14:paraId="44AE6585" w14:textId="00810407" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________________  (государственный орган, объявивший конкурс)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E8B2E6E" w14:textId="2E308CC2" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_________________________________________________________________________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C80FDDD" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...14 lines deleted...]
-          <w:p w14:paraId="5C6062BF" w14:textId="0E601B62" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B97E133" w14:textId="549EBFF7" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...51 lines deleted...]
-            <w:r w:rsidR="009E3DE6">
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________________________________________________________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C86ABF">
-[...18 lines deleted...]
-          <w:p w14:paraId="0975B642" w14:textId="0DEE5F5D" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_____________________                             (должность, место работы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CA73A2A" w14:textId="5FA43B26" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>____________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>_________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="666F58E3" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A595BA6" w14:textId="77777777" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
-[...7 lines deleted...]
-          <w:p w14:paraId="03DDC68A" w14:textId="611DC4B9" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="58B1F194" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D8D90EF" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C86ABF">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заявление</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A20F805" w14:textId="7BBF7C32" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
-[...85 lines deleted...]
-          <w:p w14:paraId="2C19CE67" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="7AFDF650" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной должности (нужное подчеркнуть) ______________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BDF64ED" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="442FE0B1" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="751021F4" w14:textId="14DC3464" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
-[...19 lines deleted...]
-          <w:p w14:paraId="44B5B5E8" w14:textId="66B3E92C" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="7BCBC53B" w14:textId="32326C77" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>В настоящее время работаю __________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="535A6DF4" w14:textId="4B6110F2" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...55 lines deleted...]
-            <w:r w:rsidRPr="00C86ABF">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________             должность, наименование организации, адрес (область, район, город\село)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F391DDB" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Сообщаю о себе следующие сведения:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="337C7EA6" w14:textId="320E28EB" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C86ABF">
+          <w:p w14:paraId="5D3B29D5" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6444825B" w14:textId="77777777" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+          <w:p w14:paraId="41C0B0F6" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="3524"/>
-[...1 lines deleted...]
-              <w:gridCol w:w="3543"/>
+              <w:gridCol w:w="3681"/>
+              <w:gridCol w:w="2630"/>
+              <w:gridCol w:w="3698"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00467337" w:rsidRPr="00C86ABF" w14:paraId="66B9EDF6" w14:textId="77777777" w:rsidTr="00467337">
+            <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="4AA785A0" w14:textId="77777777" w:rsidTr="00CA63C3">
               <w:trPr>
                 <w:trHeight w:val="30"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4518" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4A136625" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                <w:p w14:paraId="1851AC61" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C86ABF">
+                  <w:r w:rsidRPr="00E1304D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:t>Наименование учебного заведения</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3262" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="654269FD" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                <w:p w14:paraId="104EC501" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C86ABF">
+                  <w:r w:rsidRPr="00E1304D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:t>Период обучения</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4520" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3FE8F2DD" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                <w:p w14:paraId="38E880F2" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C86ABF">
+                  <w:r w:rsidRPr="00E1304D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                     <w:t>Специальность по диплому</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00467337" w:rsidRPr="00C86ABF" w14:paraId="15EABDC6" w14:textId="77777777" w:rsidTr="00467337">
+            <w:tr w:rsidR="00013294" w:rsidRPr="00E1304D" w14:paraId="19BFCC68" w14:textId="77777777" w:rsidTr="00CA63C3">
               <w:trPr>
                 <w:trHeight w:val="30"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4518" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="05EAE2DE" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                <w:p w14:paraId="17BE306E" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="1F0E12BA" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                <w:p w14:paraId="7654B59D" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3262" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="79F12642" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                <w:p w14:paraId="2AC83715" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="3355B720" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                <w:p w14:paraId="5DF5DB99" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4520" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="7A5F17EB" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                <w:p w14:paraId="3BF6548C" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="2D2595A6" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                <w:p w14:paraId="74166223" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="697F1ECF" w14:textId="374342C6" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C86ABF">
+          <w:p w14:paraId="6E1176A3" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t> Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="4"/>
-[...117 lines deleted...]
-            <w:r w:rsidRPr="00C86ABF">
+          <w:p w14:paraId="2F0148A5" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F4CBE7A" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Стаж педагогической работы: ______________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E3434AD" w14:textId="23D7B1C0" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Имею следующие результаты работы: ______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D588F8" w14:textId="4767C2C3" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41F46DCE" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10EB7485" w14:textId="207C711D" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
-[...37 lines deleted...]
-          <w:p w14:paraId="1D9B2C1D" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00D478D0" w:rsidP="00C86ABF">
+          <w:p w14:paraId="59255E43" w14:textId="16A37F44" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="099E15CC" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="37D20631" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
-[...44 lines deleted...]
-          <w:p w14:paraId="5881FDB2" w14:textId="4C135242" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00D478D0" w:rsidP="00C86ABF">
+          <w:p w14:paraId="10B6E457" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53629E0B" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0955EDEE" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40958672" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4353AC17" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BFDBEAD" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00E1304D" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="051103D0" w14:textId="264EEBAB" w:rsidR="00452A41" w:rsidRPr="00955507" w:rsidRDefault="00467337" w:rsidP="00955507">
+    <w:p w14:paraId="2F431E18" w14:textId="77777777" w:rsidR="00E47903" w:rsidRPr="00E1304D" w:rsidRDefault="00E47903" w:rsidP="00E47903">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00955507">
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>«____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955507">
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>»_______________</w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>2023</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955507">
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00955507">
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>год</w:t>
+        <w:t xml:space="preserve">год </w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">                                                       ______________________                                                                                                                                                            </w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...80 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r w:rsidR="00955507">
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00C86ABF">
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>подпись</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00C86ABF">
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F66234" w14:textId="48222EC5" w:rsidR="00955507" w:rsidRPr="00955507" w:rsidRDefault="00955507" w:rsidP="00955507">
-[...119 lines deleted...]
-    <w:p w14:paraId="613A8559" w14:textId="1F0A8D00" w:rsidR="00C86ABF" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+    <w:p w14:paraId="3CE64AB2" w14:textId="77777777" w:rsidR="00E47903" w:rsidRPr="00E1304D" w:rsidRDefault="00E47903" w:rsidP="00E47903">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00452A41">
+    </w:p>
+    <w:p w14:paraId="33DB79B1" w14:textId="2264AEEA" w:rsidR="007F65F8" w:rsidRPr="00E1304D" w:rsidRDefault="00EF1FD6" w:rsidP="00E47903">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1304D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B140D36" w14:textId="77777777" w:rsidR="00E47903" w:rsidRPr="00E1304D" w:rsidRDefault="00E47903" w:rsidP="00E47903">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D8CE211" w14:textId="77777777" w:rsidR="00E47903" w:rsidRPr="00E1304D" w:rsidRDefault="00E47903" w:rsidP="00E47903">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FEA2C79" w14:textId="77777777" w:rsidR="00E47903" w:rsidRPr="00E1304D" w:rsidRDefault="00E47903" w:rsidP="00E47903">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17121BBD" w14:textId="77777777" w:rsidR="00E47903" w:rsidRPr="00E1304D" w:rsidRDefault="00E47903" w:rsidP="00E47903">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F4E5989" w14:textId="77777777" w:rsidR="00E47903" w:rsidRPr="00E1304D" w:rsidRDefault="00E47903" w:rsidP="00E47903">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">               </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="72CFFC0F" w14:textId="77777777" w:rsidR="007F65F8" w:rsidRPr="00270922" w:rsidRDefault="007F65F8" w:rsidP="00452A41">
+    <w:p w14:paraId="05D83BAB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...13 lines deleted...]
-          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00955507" w:rsidRPr="001A640F" w14:paraId="49A65E40" w14:textId="77777777" w:rsidTr="00955507">
+      <w:tr w:rsidR="00955507" w:rsidRPr="00E1304D" w14:paraId="713C805C" w14:textId="77777777" w:rsidTr="00955507">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63BC3F80" w14:textId="77777777" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00270922">
-[...10 lines deleted...]
-          <w:p w14:paraId="1261B696" w14:textId="46346966" w:rsidR="00955507" w:rsidRPr="00955507" w:rsidRDefault="00955507" w:rsidP="00955507">
+          <w:p w14:paraId="5AA9B925" w14:textId="77777777" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00566D98">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...55 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67E25750" w14:textId="40B42985" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00566D98">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00955507" w14:paraId="10A137EB" w14:textId="77777777" w:rsidTr="00955507">
+      <w:tr w:rsidR="00955507" w:rsidRPr="00E1304D" w14:paraId="7FD05B37" w14:textId="77777777" w:rsidTr="00955507">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E7A9B37" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00955507" w:rsidRDefault="00955507" w:rsidP="00955507">
+          <w:p w14:paraId="391543A1" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00E1304D" w:rsidRDefault="00955507" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7AC6F041" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00CB0176" w:rsidRDefault="00955507" w:rsidP="00955507">
+    <w:p w14:paraId="7748441D" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00E1304D" w:rsidRDefault="00955507" w:rsidP="00955507">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB0176">
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9921" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="321"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="114"/>
+        <w:gridCol w:w="570"/>
+        <w:gridCol w:w="2436"/>
+        <w:gridCol w:w="2578"/>
+        <w:gridCol w:w="982"/>
+        <w:gridCol w:w="1051"/>
+        <w:gridCol w:w="832"/>
+        <w:gridCol w:w="146"/>
+        <w:gridCol w:w="1326"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00270922" w:rsidRPr="00955507" w14:paraId="4D86D2EE" w14:textId="77777777" w:rsidTr="00270922">
+      <w:tr w:rsidR="00270922" w:rsidRPr="00E1304D" w14:paraId="461E40A3" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9951" w:type="dxa"/>
+            <w:tcW w:w="9921" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13FC040F" w14:textId="25AA42E7" w:rsidR="00270922" w:rsidRDefault="00270922" w:rsidP="00270922">
+          <w:p w14:paraId="2A6A058C" w14:textId="33659F53" w:rsidR="00270922" w:rsidRPr="00E1304D" w:rsidRDefault="00270922" w:rsidP="00270922">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
-              <w:t>___</w:t>
-[...18 lines deleted...]
-          <w:p w14:paraId="29B98743" w14:textId="684EA386" w:rsidR="00270922" w:rsidRPr="00955507" w:rsidRDefault="00270922" w:rsidP="00270922">
+              <w:t>_________________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40638CD3" w14:textId="77777777" w:rsidR="00270922" w:rsidRPr="00E1304D" w:rsidRDefault="00270922" w:rsidP="00270922">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>(фамилия, имя, отчество</w:t>
             </w:r>
-            <w:r w:rsidR="00CB0176">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00CB0176" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00955507">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>(при его наличии))</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="6126BDF6" w14:textId="77777777" w:rsidTr="00270922">
+      <w:tr w:rsidR="00270922" w:rsidRPr="00E1304D" w14:paraId="55570AC8" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4599" w:type="dxa"/>
+            <w:tcW w:w="6310" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A279B8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="005F5942">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21244CC8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14A95AA3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="005F5942">
+          <w:p w14:paraId="08A24C55" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="504E349D" w14:textId="3351EE1D" w:rsidTr="00270922">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="4F1B167C" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="321" w:type="dxa"/>
+            <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15E3717A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="07457373" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955507">
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51850FFD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="0E6ABF9F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955507">
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78C33F5D" w14:textId="0A23CC93" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="3045FD1F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955507">
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Подтверждающий документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4078" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7562C68C" w14:textId="34255E2C" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="080C573F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="z340"/>
-            <w:r w:rsidRPr="00955507">
+            <w:bookmarkStart w:id="1" w:name="z340"/>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Кол-во баллов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="5"/>
-          <w:p w14:paraId="6967DB1F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="5C7BBC37" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955507">
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6928ACA5" w14:textId="1C7A881A" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="11F069E4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="4FD8A599" w14:textId="5874152D" w:rsidTr="00270922">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="466EE5BE" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="1180"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="321" w:type="dxa"/>
+            <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63454AA4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="5D3A77E6" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955507">
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40CCB515" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="27169F21" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B887FC2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...39 lines deleted...]
-          <w:p w14:paraId="744D6D16" w14:textId="65E7B2CD" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="29E37009" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="154DC1D8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63123443" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C6BE267" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61D9711E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DD574B8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="595AE053" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="30EBBB78" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="152B98DA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...39 lines deleted...]
-          <w:p w14:paraId="595EDA54" w14:textId="609BD534" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="5E83B18D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D3F4895" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FD07E93" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C94D6BE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74FF3546" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DABC12D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4078" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26EAB3BD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="411EDA34" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z341"/>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Техническое и профессиональное = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="6"/>
-[...39 lines deleted...]
-              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="57A5C44C" w14:textId="50A0EF57" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Высшее очное = </w:t>
+            </w:r>
+            <w:r w:rsidR="00566D98" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+            <w:r w:rsidR="00566D98" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10BBA229" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">диплом о высшем образовании с отличием = </w:t>
+            </w:r>
+            <w:r w:rsidR="00566D98" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+            <w:r w:rsidR="00566D98" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="074B05E8" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>магистр  = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B6D7397" w14:textId="50AA80F5" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>заочное/дистанционное - минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="785D3403" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="30F87360" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w14:paraId="1F22DAEE" w14:textId="2AA16109" w:rsidTr="00270922">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="09DEB4D9" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="321" w:type="dxa"/>
+            <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4555B99F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="277088E2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955507">
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A808D96" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="23401E4B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70A53995" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...15 lines deleted...]
-          <w:p w14:paraId="04BED6D7" w14:textId="0D9EF1CF" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="6DD6F511" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A847480" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76763EEB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1C8ED9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="3158B735" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F4A67CA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...23 lines deleted...]
-          <w:p w14:paraId="2844B3EC" w14:textId="0FE17BB1" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="33792D38" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AC88354" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0962FA05" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="351E56C0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4078" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EB738F4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="6BCCB448" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>PHD-доктор = 10 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CF32F91" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="272D2D50" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Доктор наук = 10 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7492F8E6" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="0B3012FC" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2874AD23" w14:textId="3F2B20B8" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="4E54F482" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C14592F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="2C350A73" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w14:paraId="2906CF78" w14:textId="03AE1B6C" w:rsidTr="00270922">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="1AC12B58" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="321" w:type="dxa"/>
+            <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17358D51" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="535DD634" w14:textId="01758080" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955507">
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="694DDC7B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...243 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="51EF7430" w14:textId="34A02986" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EFF8CB4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="5B5872D9" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D6EF0A8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...239 lines deleted...]
-          <w:p w14:paraId="1A964624" w14:textId="04A6BE60" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="6A493378" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4078" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="120D9458" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...643 lines deleted...]
-              <w:t>= 10 баллов</w:t>
+          <w:p w14:paraId="1548813A" w14:textId="4BA9A3B4" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="495EAC51" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="19924080" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="2A859C94" w14:textId="50056E1A" w:rsidTr="00270922">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="0AC3FAF6" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="321" w:type="dxa"/>
+            <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0551FED9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="560F681E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955507">
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="528ACCEF" w14:textId="31E4D81F" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...66 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="281A32F2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификация/Категория </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="102144E9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="675D4DB3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="017AA891" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59A182AA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="241E923F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43DD3BB3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53461A36" w14:textId="7FB544D4" w:rsidR="00C86ABF" w:rsidRDefault="007F65F8" w:rsidP="00955507">
-[...18 lines deleted...]
-            <w:r w:rsidR="00C86ABF" w:rsidRPr="00955507">
+          <w:p w14:paraId="19482071" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="007F65F8" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF" w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> документ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18405FB8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...39 lines deleted...]
-          <w:p w14:paraId="66132D05" w14:textId="04E70F16" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="7F113D6E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="536E8F82" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53845374" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16827231" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25638E9B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77628AC0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4078" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08B303D1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="1A71DBAB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z392"/>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2 категория = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="9"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w14:paraId="1D04E299" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1 категория = 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FCFD3BE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="5F75D941" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Высшая категория = 3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22FAF751" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="471C6C01" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Педагог-модератор = 3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10EEA95B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="28683097" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Педагог-эксперт = 5 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EE3D41D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="401CDC9C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Педагог-исследователь = 7 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="754D1E05" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="2E4818A7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B5DAAA4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="1EE67930" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="16D89860" w14:textId="5368558E" w:rsidTr="00270922">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="5C8E4CA4" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="321" w:type="dxa"/>
+            <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62D4AFDB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="14037D96" w14:textId="01BA3433" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00470FF2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955507">
-[...3 lines deleted...]
-              <w:t>5.</w:t>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FFCE103" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...27 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="64F599F7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="782CBB59" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="3D207498" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4078" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="187F2B7E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...54 lines deleted...]
-              <w:t>от 10 и более = 3 балла</w:t>
+          <w:p w14:paraId="2125B939" w14:textId="653AAB49" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z401"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методист </w:t>
+            </w:r>
+            <w:r w:rsidR="00566D98" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(стаж не менее 2 лет) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w14:paraId="3F3F768E" w14:textId="265398AB" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>заместитель директора</w:t>
+            </w:r>
+            <w:r w:rsidR="00566D98" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж не менее 2 лет) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00B3FDEE" w14:textId="71C821C7" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:r w:rsidR="00566D98" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(стаж не менее 2 лет)   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>= 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64A70BB7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="14214CDC" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="0669CDCE" w14:textId="7779513B" w:rsidTr="00270922">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="005CDD3B" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="321" w:type="dxa"/>
+            <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E5A4DC1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="5A1F282D" w14:textId="1437B9A3" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00470FF2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955507">
-[...3 lines deleted...]
-              <w:t>6.</w:t>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3965A567" w14:textId="54A6BAC5" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="78551A6A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73E34D11" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7210690D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B87346B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7A9B1CDE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BAF684F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03417BB0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4078" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF291BC" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...40 lines deleted...]
-              <w:t>директор = 5 баллов</w:t>
+          <w:p w14:paraId="0232D261" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z403"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w14:paraId="72BD72A2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="042E37E7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="68E3A5CF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w14:paraId="46F1B76D" w14:textId="7C2348F2" w:rsidTr="00270922">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="75FB79FB" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="321" w:type="dxa"/>
+            <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2408F968" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="059FCA8C" w14:textId="07C1560F" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00470FF2" w:rsidP="00566D98">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955507">
-[...3 lines deleted...]
-              <w:t>7.</w:t>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00566D98" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1830F051" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...21 lines deleted...]
-          <w:p w14:paraId="0754CCA6" w14:textId="28801C08" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="5E2A137B" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F3A4DDC" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C872F4B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...27 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="634F66D8" w14:textId="0892D771" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4078" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19E213B4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...26 lines deleted...]
-              <w:t>"хорошо" = 0,5 балла</w:t>
+          <w:p w14:paraId="66E2C221" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z541"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w14:paraId="1AB69B8F" w14:textId="243E515E" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70B2564F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="6A7A6ED9" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="490BD58C" w14:textId="04A61235" w:rsidTr="00270922">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="27236949" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="971"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="321" w:type="dxa"/>
+            <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4216BE25" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="4B839BC0" w14:textId="24BDC6CE" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00470FF2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955507">
-[...3 lines deleted...]
-              <w:t>8.</w:t>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="505683BF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...13 lines deleted...]
-          <w:p w14:paraId="7D895A58" w14:textId="64CE105C" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="12FB0179" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="427447F0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01F898E2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="390DCFA6" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61E3D9F6" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D2DAE38" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C81A436" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74858DD8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="429F9CB1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03617295" w14:textId="6569F459" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...37 lines deleted...]
-          <w:p w14:paraId="195BD80F" w14:textId="4DB9C5F3" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="004B0AA5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z406"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w14:paraId="59E41556" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E136354" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68D662A2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4078" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="737C751D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...40 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+          <w:p w14:paraId="0392C7E2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z408"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w14:paraId="310AD336" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07559B9B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A3F4CBE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69700125" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08E8C67B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>обладатель медали "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72153851" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="65130E95" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="4F45483B" w14:textId="331E7D0E" w:rsidTr="007F65F8">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="6B005C75" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="971"/>
+          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="321" w:type="dxa"/>
+            <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="660C3326" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="148AD25D" w14:textId="2F83E03C" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00470FF2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955507">
-[...3 lines deleted...]
-              <w:t>9.</w:t>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F7A8121" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...69 lines deleted...]
-          <w:p w14:paraId="7D132A18" w14:textId="4D7D7ACF" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="2CB50025" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36D3546C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="645A89ED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6342CD22" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...43 lines deleted...]
-          <w:p w14:paraId="506D7029" w14:textId="20563615" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="006A2903" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03B3F863" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A4CAC75" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A80D635" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4078" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1174A6CB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...138 lines deleted...]
-              <w:t>" = 10 баллов</w:t>
+          <w:p w14:paraId="1BA697AB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z413"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w14:paraId="61154633" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0832EC85" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33B03EDB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="24A86390" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="269088B5" w14:textId="0B6816F4" w:rsidTr="00270922">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="08F0F8E9" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2599"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="321" w:type="dxa"/>
+            <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF0ECFB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
-[...11 lines deleted...]
-              <w:t>10.</w:t>
+          <w:p w14:paraId="07E7E9D8" w14:textId="7A8A5E27" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00470FF2" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD350CB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...21 lines deleted...]
-          <w:p w14:paraId="48C02217" w14:textId="29CD3B4B" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="6702C853" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70CC1594" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6064D184" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16C68D72" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A2D15BF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EA8173B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="618FF9EA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B736AC9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45D4869F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="053D674B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="506CCA8B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...29 lines deleted...]
-          <w:p w14:paraId="0DE89C15" w14:textId="39A6266F" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="1FB06072" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z415"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w14:paraId="4C70B1BB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A5F353E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="518A4AFD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="416B9FFB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58E53261" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BCA970A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="561158BC" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7286191B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D7E27D5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4078" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB88F4C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+          <w:p w14:paraId="0BCAD625" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z416"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w14:paraId="7F861304" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55948EE4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F3AA635" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48070FE0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5601182A" w14:textId="4B5CA25B" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33453561" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="0308F022" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="25A2467C" w14:textId="011DA08F" w:rsidTr="007F65F8">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="46687B07" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="2599"/>
+          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="321" w:type="dxa"/>
+            <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11D940ED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...11 lines deleted...]
-              <w:t>11.</w:t>
+          <w:p w14:paraId="1F89AABC" w14:textId="3A61330A" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00470FF2" w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76C52105" w14:textId="23754B94" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...77 lines deleted...]
-          <w:p w14:paraId="569C8E47" w14:textId="72FAAF75" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="7F67BF95" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A2DAB28" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="550BEEAD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45D0582F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64D3EE25" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3163F0F0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="621EE573" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56556ACE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25EF4E9C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68A76E1E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A385E9E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F92DEEA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="207E993E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57D9D002" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F0B0CE3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...91 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5A0DAE8C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z421"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w14:paraId="59EE182F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E22AF6C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33B08EBD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1760AD99" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72F07E40" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F285BE2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4078" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2256E9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...85 lines deleted...]
-          <w:p w14:paraId="2705D3FD" w14:textId="24954290" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="1A599FAE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z427"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p w14:paraId="7B4FA0FC" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38DFEE64" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курсы = 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01C93C23" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2014BAF9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56559509" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C435C0D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F2F3A23" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41D61B45" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DE0F5A4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DE7DA1C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C25B0BF" w14:textId="77777777" w:rsidR="00D5663B" w:rsidRPr="00E1304D" w:rsidRDefault="00D5663B" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68A54B03" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="1CFA38F9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="2908693E" w14:textId="283BB3B8" w:rsidTr="00270922">
+      <w:tr w:rsidR="00286735" w:rsidRPr="00E1304D" w14:paraId="4A51AA8E" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="321" w:type="dxa"/>
+            <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D76D804" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00955507">
+          <w:p w14:paraId="52BFFD64" w14:textId="1CC2A0F1" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA7585F" w14:textId="47BCCAD8" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...123 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2A68CEC1" w14:textId="1FFB5D5C" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35B7AF36" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...118 lines deleted...]
-              <w:t>, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
+          <w:p w14:paraId="11D08B65" w14:textId="09394CCB" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4078" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C810CC3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...159 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="08806DE6" w14:textId="7643CE53" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="156A61ED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="4204B99E" w14:textId="77777777" w:rsidR="00566D98" w:rsidRPr="00E1304D" w:rsidRDefault="00566D98" w:rsidP="00566D98">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w14:paraId="5E0D124D" w14:textId="2D3B90E6" w:rsidTr="00270922">
+      <w:tr w:rsidR="00270922" w:rsidRPr="00E1304D" w14:paraId="10BCC36B" w14:textId="77777777" w:rsidTr="00D5663B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8861" w:type="dxa"/>
+            <w:tcW w:w="8449" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BE01185" w14:textId="583E4599" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...22 lines deleted...]
-              <w:t>Максимальный балл – 83</w:t>
+          <w:p w14:paraId="31449BD4" w14:textId="6133E322" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Итого:                                             </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcW w:w="1472" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61328C30" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="301AD727" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00E1304D" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="731CF39B" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00955507" w:rsidRDefault="00452A41" w:rsidP="00955507">
+    <w:p w14:paraId="34A1A7F4" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E1304D" w:rsidRDefault="00452A41" w:rsidP="00955507">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F998AC5" w14:textId="77777777" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="001B695E">
+    <w:p w14:paraId="38B50B71" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00E1304D" w:rsidRDefault="00955507" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00955507" w:rsidSect="00511A98">
+    <w:sectPr w:rsidR="00955507" w:rsidRPr="00E1304D" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8650,50 +24618,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="1B612010"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A0963E96"/>
+    <w:lvl w:ilvl="0" w:tplc="0F487F72">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="555" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1275" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1995" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2715" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3435" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4155" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4875" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5595" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6315" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9241E8C"/>
     <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8762,51 +24843,277 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="54AE69EF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AB489A6C"/>
+    <w:lvl w:ilvl="0" w:tplc="6F38578A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="5B3A7D08"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4842828E"/>
+    <w:lvl w:ilvl="0" w:tplc="B1D609EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8875,51 +25182,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8969,771 +25276,805 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="00013294"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00144E1A"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="0016201F"/>
     <w:rsid w:val="001650C0"/>
-    <w:rsid w:val="00165280"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001A7009"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B61E2"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F7085"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002069CA"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="002405A7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="00263977"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00270922"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00286735"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002C5AD5"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00311A8E"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
-    <w:rsid w:val="00366A01"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003758DA"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E078C"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="0041775B"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00444EA6"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00452B55"/>
     <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="004578CD"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00467337"/>
     <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00470FF2"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="004715CE"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B2B06"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C0D95"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004E529F"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
-    <w:rsid w:val="00511A98"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="0053773E"/>
     <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00557064"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00564B26"/>
     <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00566D98"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005918FB"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
-    <w:rsid w:val="0060746B"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
-    <w:rsid w:val="006F5247"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="00776DE1"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="007F65F8"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00875E95"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B60A8"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D153B"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00905346"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00955507"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B1760"/>
     <w:rsid w:val="009B3C4A"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C3C70"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3757"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E3DE6"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A17F8E"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A85ED6"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA2BC8"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AA5C63"/>
     <w:rsid w:val="00AA70B0"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4327"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C33FA3"/>
+    <w:rsid w:val="00C340BC"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C86ABF"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB0176"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CD212E"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D20A7F"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D43BB6"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D5663B"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D6634D"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D925B1"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DA6B51"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF719B"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E1304D"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E429B2"/>
     <w:rsid w:val="00E43AF2"/>
-    <w:rsid w:val="00E500D8"/>
+    <w:rsid w:val="00E47903"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71974"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E74F4F"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB66CB"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC745C"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F349FD"/>
+    <w:rsid w:val="00F34B5F"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7465C"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD020D"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FE688A"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4E991A17"/>
+  <w14:docId w14:val="41C7CC19"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -9853,50 +26194,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F34B5F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -10045,50 +26387,130 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
     <w:name w:val="a"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00E74F4F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="280" w:after="280" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00467337"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00566D98"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E1304D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E1304D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
+    <w:name w:val="y2iqfc"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00E1304D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002C5AD5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -10208,50 +26630,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F34B5F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -10400,83 +26823,241 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
     <w:name w:val="a"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00E74F4F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="280" w:after="280" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00467337"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00566D98"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E1304D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E1304D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
+    <w:name w:val="y2iqfc"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00E1304D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002C5AD5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="103774868">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="591087200">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1345979927">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="848324956">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="660889300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1909723829">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2133211311">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -10761,78 +27342,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E2DD36E-A8B7-4ADE-AD5A-3F3107497297}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1815527A-A57E-4D2C-96DD-BFEE0E0A57F8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1760</Words>
-  <Characters>10037</Characters>
+  <Words>3854</Words>
+  <Characters>21971</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>183</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11774</CharactersWithSpaces>
+  <CharactersWithSpaces>25774</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>