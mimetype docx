--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,10338 +1,9199 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="08EB5638" w14:textId="77777777" w:rsidR="00B80E99" w:rsidRPr="00B80E99" w:rsidRDefault="00B80E99" w:rsidP="00B80E99">
+    <w:p w14:paraId="4C7CA068" w14:textId="5FEFF268" w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B80E99">
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidR="00B328E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6422A5CC" w14:textId="77777777" w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
-[...7 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="001D49FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B80E99">
+        <w:t xml:space="preserve">русского языка и литературы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00651FF0">
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00924EAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0016392B">
+        </w:rPr>
+        <w:t xml:space="preserve">русским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> жариялайды.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">языком обучения </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CA98947" w14:textId="77777777" w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="203F7228" w14:textId="77777777" w:rsidR="00DE3A8D" w:rsidRPr="00DE3A8D" w:rsidRDefault="00DE3A8D" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2274"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009E6A2B" w14:paraId="3CB6D9FC" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w14:paraId="26230B96" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0F045957" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="3D0B235A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34E40B7D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00AF1E41" w:rsidP="00321427">
+          <w:p w14:paraId="6F57FDB9" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B998CAF" w14:textId="4421F78E" w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="0016392B">
+          <w:p w14:paraId="1DAD8DBB" w14:textId="0F11BFC1" w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00DE3A8D">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00651FF0">
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> №6</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00704E3C">
+              <w:t xml:space="preserve">Средняя общеобразовательная школа  </w:t>
+            </w:r>
+            <w:r w:rsidR="00B328E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>к</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">№6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">оммуналдық мемлекеттік мекемесі. </w:t>
+              <w:t>города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0016392B" w:rsidRPr="00B56337" w14:paraId="7690CEB3" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00DE3A8D" w:rsidRPr="00B3089F" w14:paraId="5F1F2167" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4DD56C2B" w14:textId="77777777" w:rsidR="0016392B" w:rsidRPr="004D07D1" w:rsidRDefault="0016392B" w:rsidP="00321427">
+          <w:p w14:paraId="29804C5D" w14:textId="77777777" w:rsidR="00DE3A8D" w:rsidRPr="004D07D1" w:rsidRDefault="00DE3A8D" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA37C60" w14:textId="77777777" w:rsidR="0016392B" w:rsidRPr="00B3089F" w:rsidRDefault="0016392B" w:rsidP="00321427">
+          <w:p w14:paraId="39FE6194" w14:textId="77777777" w:rsidR="00DE3A8D" w:rsidRPr="00B3089F" w:rsidRDefault="00DE3A8D" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B56337">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>пошта мекенжайының орналасқан жері</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE71EAF" w14:textId="79D1592A" w:rsidR="0016392B" w:rsidRPr="00335DCB" w:rsidRDefault="0016392B" w:rsidP="0090742B">
+          <w:p w14:paraId="6EF243C7" w14:textId="3CD19784" w:rsidR="00DE3A8D" w:rsidRPr="003D5ADF" w:rsidRDefault="00B328E5" w:rsidP="00676CD5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Генерала Смагулова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE3A8D" w:rsidRPr="00B3089F" w14:paraId="6148BCCE" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="48514CDA" w14:textId="77777777" w:rsidR="00DE3A8D" w:rsidRPr="004D07D1" w:rsidRDefault="00DE3A8D" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71FE1844" w14:textId="77777777" w:rsidR="00DE3A8D" w:rsidRPr="00B3089F" w:rsidRDefault="00DE3A8D" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BF5D713" w14:textId="731555F9" w:rsidR="00DE3A8D" w:rsidRPr="00B3089F" w:rsidRDefault="00B328E5" w:rsidP="00676CD5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...128 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">8 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7182620158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00651FF0" w:rsidRPr="0016392B" w14:paraId="1EAB6754" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00DE3A8D" w:rsidRPr="00DE3A8D" w14:paraId="644D976C" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5517BB77" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="004D07D1" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="3E8020EC" w14:textId="77777777" w:rsidR="00DE3A8D" w:rsidRPr="004D07D1" w:rsidRDefault="00DE3A8D" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7FAB8F" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="00B3089F" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="547BE1C3" w14:textId="77777777" w:rsidR="00DE3A8D" w:rsidRPr="00B3089F" w:rsidRDefault="00DE3A8D" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>электрондық пошта мекен-жайы</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE552EE" w14:textId="1DF03332" w:rsidR="00651FF0" w:rsidRPr="00B3089F" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
-            <w:pPr>
+          <w:p w14:paraId="2F90E27D" w14:textId="6E3B6870" w:rsidR="00DE3A8D" w:rsidRPr="00B3089F" w:rsidRDefault="00B328E5" w:rsidP="00676CD5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00417D4E">
               <w:t>sosh6@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00651FF0" w:rsidRPr="009E6A2B" w14:paraId="64A933CE" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w14:paraId="11779AC3" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="30A7C673" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="004D07D1" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="0FB6E50D" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F7507D0" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="00B3089F" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="767DDCE4" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00443C44">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37B98ED4" w14:textId="58C611CC" w:rsidR="00651FF0" w:rsidRPr="00B3089F" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="5590075F" w14:textId="3AF73F11" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00F3724D">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="006A3925">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">русского языка и литературы в классах с </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE3A8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">русским языком </w:t>
+            </w:r>
+            <w:r w:rsidR="006A3925">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>сағат</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00B328E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ча</w:t>
+            </w:r>
+            <w:r w:rsidR="008B3237">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC4243">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidR="006A3925">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00651FF0" w:rsidRPr="009E6A2B" w14:paraId="167C7341" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w14:paraId="503ADC71" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4A35490A" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="004D07D1" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="3478D6C0" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="793FF15A" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="00B3089F" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="1AD3482A" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00443C44">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="251AF90A" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="00CA0B24" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="36842084" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0B24">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="16D0CB7A" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="00CA0B24" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05E036B5" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F82AA5">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;</w:t>
+            </w:r>
+            <w:r w:rsidR="00B3089F" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F82AA5">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="059F6D90" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="006257E5">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t>у т.б.</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00651FF0" w:rsidRPr="009E6A2B" w14:paraId="161FCE9D" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w14:paraId="28084D1C" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3F5E43DA" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="004D07D1" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="7D27BE8D" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E5DE7BA" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="00B3089F" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="78C62FD0" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00443C44">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="138F82C5" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="00B3089F" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="662543DC" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0B24">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EA92E28" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="007612FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidR="00F3724D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>205639</w:t>
+            </w:r>
+            <w:r w:rsidR="007612FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A351FE">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B5C8932" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00F3724D">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A351FE">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="007612FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidR="00F3724D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A351FE">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>253951</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> бастап</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00651FF0" w:rsidRPr="009E6A2B" w14:paraId="60A15DFC" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w14:paraId="08C4564C" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D460ABD" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="004D07D1" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="6182EE15" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6316ED38" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="00B3089F" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="76F47D55" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C7920B0" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Үміткерге қойылатын</w:t>
-[...35 lines deleted...]
-              <w:t>біліктілік талаптар</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01976127" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="000573B9" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="6DE7CEAF" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000573B9">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70F10C1A" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A6A3D73" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A70C03">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педаго</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-              <w:t>педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл.</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>га-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00651FF0" w:rsidRPr="00B3089F" w14:paraId="0F349A3C" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w14:paraId="5F09B829" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="299F854C" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="004D07D1" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="6F2F5C33" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67C97040" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="00B3089F" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="06F11262" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35E43792" w14:textId="497F9B84" w:rsidR="00651FF0" w:rsidRPr="00E52D94" w:rsidRDefault="009E6A2B" w:rsidP="00651FF0">
+          <w:p w14:paraId="695AE4D5" w14:textId="3E3CB933" w:rsidR="00B1578A" w:rsidRPr="00244165" w:rsidRDefault="00643816" w:rsidP="001D1817">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="00B328E5" w:rsidRPr="008D234C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008B0744">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="003D2FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3.0</w:t>
+              <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="008B0744">
+            <w:r w:rsidR="00B328E5" w:rsidRPr="008D234C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.24-2</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="003D2FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008B0744">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.0</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="003D2FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008B0744">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.24</w:t>
-[...13 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B328E5" w:rsidRPr="008D234C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004D07D1">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="003D2FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w14:paraId="1D593DDD" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EAF59B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54DED5E1" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="00B3089F" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="5ADD06AF" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-              <w:t>Қажетті құжаттар тізімі</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03BFF62E" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="00153436" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="6C565D6F" w14:textId="77777777" w:rsidR="003B0C7C" w:rsidRPr="00AD4252" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z180"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484B60D0" w14:textId="77777777" w:rsidR="003B0C7C" w:rsidRPr="00AD4252" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z181"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ECDDE36" w14:textId="77777777" w:rsidR="003B0C7C" w:rsidRPr="00AD4252" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z182"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AD27E82" w14:textId="77777777" w:rsidR="003B0C7C" w:rsidRPr="00AD4252" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z183"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484C003E" w14:textId="77777777" w:rsidR="003B0C7C" w:rsidRPr="00AD4252" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z184"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26B21B26" w14:textId="77777777" w:rsidR="003B0C7C" w:rsidRPr="00AD4252" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z185"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19C8455E" w14:textId="77777777" w:rsidR="003B0C7C" w:rsidRPr="00AD4252" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z186"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3319E258" w14:textId="77777777" w:rsidR="003B0C7C" w:rsidRPr="00AD4252" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z187"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="030D107B" w14:textId="77777777" w:rsidR="003B0C7C" w:rsidRPr="00444F20" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z188"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>1) осы Қағидаларға 1</w:t>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат о результатах прохождения сертификации или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="z189"/>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+          <w:p w14:paraId="273DEF3D" w14:textId="77777777" w:rsidR="003B0C7C" w:rsidRPr="00AD4252" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E0FC59E" w14:textId="77777777" w:rsidR="003B0C7C" w:rsidRPr="001A2B66" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z190"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E1CE956" w14:textId="77777777" w:rsidR="003B0C7C" w:rsidRPr="00AD4252" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z191"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06303ECB" w14:textId="77777777" w:rsidR="003B0C7C" w:rsidRPr="001A2B66" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z192"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2B66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...10 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">видеопрезентация (самопрезентация) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2B66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2B66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...1894 lines deleted...]
-            <w:bookmarkEnd w:id="9"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 480.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w14:paraId="03E5AE38" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="004A01E9" w:rsidRDefault="00B1578A" w:rsidP="00AD4252">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00651FF0" w:rsidRPr="0010161D" w14:paraId="5FA9BFD2" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w14:paraId="53F9238C" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72BF1C6F" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="004D07D1" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="03A6FE83" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="004D07D1" w:rsidRDefault="00D478D0" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28B2B5CD" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="00704E3C" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
-[...18 lines deleted...]
-              </w:tabs>
+          <w:p w14:paraId="387E960C" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00DE3A8D">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002033"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...19 lines deleted...]
-              <w:t>ос лауазымның мерзімі</w:t>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF54D77" w14:textId="77777777" w:rsidR="00651FF0" w:rsidRPr="00B906F9" w:rsidRDefault="00651FF0" w:rsidP="00651FF0">
+          <w:p w14:paraId="6B4F1583" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00FC5F6A" w:rsidRDefault="003B0C7C" w:rsidP="003B0C7C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...20 lines deleted...]
-              <w:t>тұрақты</w:t>
+              <w:t>на постоянной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E30C338" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00704E3C" w:rsidRDefault="00B3089F">
+    <w:p w14:paraId="17D58D80" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5495"/>
         <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="05DEF51F" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="688D760D" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FBDEC58" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00704E3C" w:rsidRDefault="00B3089F" w:rsidP="00BE792E">
+          <w:p w14:paraId="76A22098" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3420E43B" w14:textId="77777777" w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
+          <w:p w14:paraId="343DDC82" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="6CE07370" w14:textId="77777777" w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
+          </w:p>
+          <w:p w14:paraId="13E8F7B1" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="79B97EE1" w14:textId="77777777" w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
+          </w:p>
+          <w:p w14:paraId="33D1EBB7" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="5C456CDB" w14:textId="77777777" w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
+          </w:p>
+          <w:p w14:paraId="730A4579" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-          <w:p w14:paraId="6E6DF5C8" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00BE792E">
+          </w:p>
+          <w:p w14:paraId="78837139" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
-[...36 lines deleted...]
-          <w:p w14:paraId="0B7AECE6" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00AE5AB7" w:rsidP="00BE792E">
+          </w:p>
+          <w:p w14:paraId="1C50A0B5" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="02C01672" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4532B9D2" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B332081" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B1C6B42" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5346398A" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="353CA49E" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E3E858D" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54E8085D" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C5C2959" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="009699C6" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1201721C" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35EAE586" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72E77A23" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4454AD0D" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6174DAA9" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14FF73B1" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EC58808" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A4F634A" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B074508" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F658E1E" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AC4649B" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52F52B7A" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FB71085" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0081F05B" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F44B79C" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4751F70A" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F4954B6" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CDEC0B7" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B2355C4" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29B69392" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5517D41E" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18E77781" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="729ADA38" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1351E105" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D4DC994" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61E376AB" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06B9B1C9" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44D44B7B" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52E60C40" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A61670B" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D3D7786" w14:textId="77777777" w:rsidR="00534700" w:rsidRDefault="00534700" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44C950CB" w14:textId="75BAE058" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidR="003B0C7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A2D5309" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37D77190" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F2C6D5D" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="466C70A3" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4929ED9D" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="556E5744" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00BE4A7F" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
+    <w:p w14:paraId="15F6BEA5" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05169D9B" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="35FC8553" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FA8E4E0" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+    <w:p w14:paraId="3393A2A3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00F82AA5">
+      <w:r w:rsidR="00CC2541" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>байқауды</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D614D9A" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="41D306C1" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38EAD9D3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="57B6F526" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B33511" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+    <w:p w14:paraId="20E7A73F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00BE4A7F">
+      <w:r w:rsidR="00F7191E" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ү</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A07969C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="7207D9B3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000573B9">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3237A29C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="000573B9">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B661ACF" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>должность, место работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="371F2C66" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000573B9">
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000573B9">
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-        <w:t>_</w:t>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E40CF6" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="000573B9" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...94 lines deleted...]
-    <w:p w14:paraId="7BAE0726" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="41F71D8C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00636139" w:rsidRPr="00636139">
+      <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E554732" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="40354B31" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089935E4" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="57926DA4" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78B50E71" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00D3471A" w:rsidP="00F7191E">
+    <w:p w14:paraId="27851A6D" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F8021B" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00BE4A7F" w:rsidRDefault="00F7191E" w:rsidP="00BE4A7F">
+    <w:p w14:paraId="38538604" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BE4A7F" w:rsidRPr="00BE4A7F">
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені бос/уақытша бос лауазымға орналасуға арналған </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BE4A7F">
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="774906B1" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>байқауға</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BE4A7F" w:rsidRPr="00BE4A7F">
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479299D4" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2438A6" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E9E21F4" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03896BD4" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49FA63DB" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00BE4A7F">
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00BE4A7F">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D5991C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4975A5CB" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="009D536D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="0E5F84C4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41662A5F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="01751286" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00BE4A7F">
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>білім беру ұйымдарының атауы</w:t>
-[...98 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1676BA79" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="009D536D" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+    <w:p w14:paraId="03543E74" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63DC6B7A" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="009D536D" w:rsidRDefault="00B760F5" w:rsidP="00B760F5">
+    <w:p w14:paraId="51EC9C37" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...7 lines deleted...]
-      <w:r>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...17 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A141804" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-[...268 lines deleted...]
-    <w:p w14:paraId="62BE646F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="7D31D888" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="1A03925D" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="12F69EB7" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1FD230" w14:textId="77777777" w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE4A7F">
+          <w:p w14:paraId="7C4CD63C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі:</w:t>
-[...15 lines deleted...]
-              <w:t>жоғары немесе жоғары оқу орнынан кейін</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13412AE7" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00437A2D">
+          <w:p w14:paraId="2AC3AD51" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Оқу орнының атауы</w:t>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FDCB719" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="461791E5" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00437A2D">
+          <w:p w14:paraId="4168F62D" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:t>Оқу кезеңі</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1144DDF4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00B760F5" w:rsidRDefault="00B760F5" w:rsidP="00437A2D">
+          <w:p w14:paraId="72B8E9BF" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Диплом бойынша мамандығы</w:t>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AEC3694" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="62A1ED3A" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="72EB0E2E" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1612C085" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="1A3388E2" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="687073C6" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="4616F4A2" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D165B61" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="79B3BCF8" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DBC7A06" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="7F65794A" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7916BAFC" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="3E8BF61E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78104B7B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00B760F5" w:rsidP="00C424F6">
+    <w:p w14:paraId="1A6DBD09" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Біліктілік санатының болуы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF9B777" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D004F15" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FE6C667" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>берген</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E4CFB" w:rsidRPr="00790B31">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735614DD" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486B4C02" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="574FCDF4" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B9CF2B1" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F173D1A" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="798FEF40" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21DA5E2B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>растаған күні</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="515B4B19" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="365CCFC1" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="219AF881" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="513C3B16" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB3AD1C" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00790B31" w:rsidRPr="00B760F5">
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>___</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E04D727" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="242CAA4B" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="009D536D" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w14:paraId="3ABEADB0" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="401A0D75" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42831726" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A1BD7E2" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00321427" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009D536D">
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5935D317" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="004A01E9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...546 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
-        <w:rPr>
-[...196 lines deleted...]
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                              </w:t>
+        <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">           </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00EFF8F8" w14:textId="77777777" w:rsidR="004A01E9" w:rsidRPr="004A01E9" w:rsidRDefault="004A01E9" w:rsidP="004A01E9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...54 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6164"/>
-        <w:gridCol w:w="3901"/>
+        <w:gridCol w:w="6129"/>
+        <w:gridCol w:w="3936"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00153436" w:rsidRPr="009E6A2B" w14:paraId="223C153D" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="190636B2" w14:textId="77777777" w:rsidTr="002552D7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D88C35D" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
+          <w:p w14:paraId="112EECE2" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72BB9B27" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00B906F9">
+          <w:p w14:paraId="504242B7" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="003B0C7C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidR="003B0C7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00153436">
-[...11 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00153436">
-[...11 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00153436">
-[...11 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00153436">
-[...11 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00153436">
-[...11 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00153436">
-[...24 lines deleted...]
-              <w:t>-қосымша</w:t>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="378BD147" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="60778017" w14:textId="77777777" w:rsidTr="002552D7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7607988D" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
+          <w:p w14:paraId="1E6CFC1E" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...8 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C745FCC" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
+          <w:p w14:paraId="5610E03E" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...9 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="09E8652A" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="008B0744" w:rsidRDefault="00153436" w:rsidP="00153436">
+    <w:p w14:paraId="6379DCD4" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008B0744">
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z364"/>
+      <w:r w:rsidRPr="002A2141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Бос немесе уақытша бос педагог лауазымына үміткердің бағалау парағы  ___________________________________________________  (Тегі, аты, әкесінің аты (бар болса))</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10490" w:type="dxa"/>
+        <w:tblW w:w="10532" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-148" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="993"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="41BCEB83" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="39CFBA54" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="11"/>
-[...15 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p w14:paraId="55198F20" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AD3AE0C" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+          <w:p w14:paraId="50949DDC" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25C901F7" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>Растайтын құжат</w:t>
+          <w:p w14:paraId="7078D597" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B5D2118" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...36 lines deleted...]
-              <w:t>(1-ден 20-ға дейін)</w:t>
+          <w:p w14:paraId="66A6E56F" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BBCBC9A" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DAEB0AE" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...18 lines deleted...]
-              <w:t>Үміткердің  балл саны</w:t>
+          <w:p w14:paraId="029C1B4B" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Баллы кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="009E6A2B" w14:paraId="315B666E" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="1244EB94" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07A3D470" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="712BF731" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="331989FB" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>Білім деңгейі</w:t>
+          <w:p w14:paraId="3EB6F901" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75CF2BFC" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Білімі туралы дипломның және дипломға қосымшаның көшірмелері </w:t>
+          <w:p w14:paraId="0C7B6BEA" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27D75F87" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...86 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="75E7AD99" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53FBAC42" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="790C4C8B" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67E17844" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FCFA7A3" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="219A23C8" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00693BB6" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="6C5EF75F" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="357F1FD8" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="44523830" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A755B56" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="790E4E2D" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="233DAFC3" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Ғылыми/академиялық дәрежесі </w:t>
+          <w:p w14:paraId="34DA0424" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="108C8430" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+          <w:p w14:paraId="2ADDB338" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79B7EFB0" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="16313287" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PHD</w:t>
             </w:r>
-            <w:r w:rsidRPr="00153436">
-[...46 lines deleted...]
-              <w:t>Ғылыми кандидат = 10 балл</w:t>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="786C2DF2" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="692B9300" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03BE458F" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="47B34B07" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="10BE5E97" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="47807554" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68F57157" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="214271D1" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B0A0893" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Жұмыс өтілі жоқ үміткерлер үшін сертификаттау </w:t>
+          <w:p w14:paraId="0D151361" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF7AD72" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="7C952968" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC5B12D" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>"Педагог" Біліктілік санаты - 5 балл</w:t>
+          <w:p w14:paraId="01626B54" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D2ADF1F" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="37BC2266" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="1F83CBD3" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="3FAC9796" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="723F6E6A" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="2621E764" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="067BD51E" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Біліктілік санаты </w:t>
+          <w:p w14:paraId="7DB6B2ED" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификационная категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57AB9612" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>Жеке куәлік, басқа құжат</w:t>
+          <w:p w14:paraId="64FB38DD" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA916E4" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...136 lines deleted...]
-              <w:t>Педагог-шебер = 10 балл</w:t>
+          <w:p w14:paraId="14C15F6A" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="597612EA" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21C077B2" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FBCB596" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="358F3819" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5267F39E" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78F9DABF" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6722076D" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="2449D63D" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="009E6A2B" w14:paraId="5A51C5F5" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="53F0CD11" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2F0E5C" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="5B401C86" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E469573" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі </w:t>
+          <w:p w14:paraId="45932203" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44E00ED4" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>Еңбек кітапшасы/еңбек қызметін растайтын басқа да құжат</w:t>
+          <w:p w14:paraId="388CA50E" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62A5C1BE" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...56 lines deleted...]
-              <w:t>директор (лауазымдық жұмыс өтілі кемінде 2 жыл) = 5 балл</w:t>
+          <w:p w14:paraId="06A4ED5F" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Методист (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0032FC7B" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F0C992E" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="447BBEC1" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="615D50C7" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="19B02A94" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="4D94C2D1" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E242BA9" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="57F7D8CB" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CABBC34" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">жұмысқа тұрған педагогтер үшін </w:t>
+          <w:p w14:paraId="5A44D8DC" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="035FC726" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...27 lines deleted...]
-              <w:t>қосымшасы</w:t>
+          <w:p w14:paraId="1E404617" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C67AF62" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...47 lines deleted...]
-              <w:t>"жақсы" = 0,5 балл</w:t>
+          <w:p w14:paraId="22CDB5DA" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48C62956" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62CE26B7" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="752CAA78" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="009E6A2B" w14:paraId="3B3D9BED" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="4AF9754C" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="165E2485" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="5F02A444" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34ABB0FF" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат </w:t>
+          <w:p w14:paraId="0364A477" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39B206B2" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>Ұсыныс хат (Конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+          <w:p w14:paraId="470621F3" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB7AF41" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...36 lines deleted...]
-              <w:t>Теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+          <w:p w14:paraId="5151545F" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="381EAC56" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35528ED0" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="0BC62155" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="009E6A2B" w14:paraId="104949F7" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="2F7EBF22" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4593AF2F" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="5F15C005" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB480FB" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Кәсіби жетістіктерінің көрсеткіштері </w:t>
+          <w:p w14:paraId="607470BB" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20C4EE09" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...56 lines deleted...]
-              <w:t>- мемлекеттік награда</w:t>
+          <w:p w14:paraId="6E15ABDE" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="506F601B" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дипломы, грамоты победителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BC6BA68" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="312F2663" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...96 lines deleted...]
-              <w:t>"Қазақстан еңбек сіңірген ұстазы" медаль иегері = 10 балл</w:t>
+          <w:p w14:paraId="71EA165F" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C693E9C" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C93C981" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призеры олимпиад и конкурсов = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CA623BE" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CB60D9C" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F34EE7D" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="466E4B3D" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="2CAE22EE" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="119FD658" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="5D352D57" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66A7444C" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="2C773772" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39F400F6" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>Әдістемелік қызметі</w:t>
+          <w:p w14:paraId="7496DDD0" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60D59FAD" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>-авторлық шығармалары, басылымдары</w:t>
+          <w:p w14:paraId="5AC866C0" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E5BA688" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...63 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="551ACD0F" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00399537" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C1E0D83" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Scopus</w:t>
             </w:r>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="035FE9FA" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w14:paraId="67F92CB6" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="16F20376" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="47424AF4" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BEE9C20" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="5C1939AC" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE84D45" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметі </w:t>
+          <w:p w14:paraId="4EC657DF" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29E91B25" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметін растайтын құжат </w:t>
+          <w:p w14:paraId="2A25DE6E" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC3346E" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...96 lines deleted...]
-              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+          <w:p w14:paraId="09D2E254" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A41651D" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39D0F702" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20A0C9BE" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53683279" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2434C18D" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w14:paraId="5F652B7D" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="4595FCEA" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="26D2C997" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D7B730C" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="554245BC" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63F98181" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>Курсқа дайындық</w:t>
+          <w:p w14:paraId="6A7A27FE" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75EA0C26" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...54 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="6B5D2E49" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70C59FC0" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="688E850E" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2609F756" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...174 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="3E93511D" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="349B9602" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FD6A7B6" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78ECDAEA" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31972F21" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FF7E307" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33CD3572" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62882F34" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D87C119" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="180BFC9A" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="7C07A270" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EE65140" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...23 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="4BEF9208" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40C213C0" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="707C743B" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7183E036" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B3D5D4B" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C30F2D2" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CE01D68" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CD504AE" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>English to Speakers of Other Languages)</w:t>
-[...138 lines deleted...]
-              </w:rPr>
               <w:t>Certificate in teaching English for young learners</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BEF2A95" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="4321889D" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7141499A" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="7882BD2F" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70B190FA" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="4AA09F39" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6713C6B9" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="0F091DF5" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CBB8371" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="6BCF0815" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Online Teaching for Educators: Development and Delivery</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40AE76E5" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="007603CC" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Educational Management</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0013F7F3" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="4A7C4774" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="191BE711" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="1CCE1CA3" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Курсы на платформе Coursera, Futute learn</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E7C3D15" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="2A2D62F2" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Teaching Mathematics with Technology</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F40482E" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="2A39AD91" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Special Educational Needs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="401DF683" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry "</w:t>
+          <w:p w14:paraId="01C44A61" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5886C559" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="62660F47" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ПШО, НЗМ, "Өрлеу" курстары</w:t>
-[...59 lines deleted...]
-              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0064FECD" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D8FA716" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B09BBB4" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F72BFE8" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C459C9C" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="0039071E" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="291F58ED" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="6A032662" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26147ABF" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="7F8C6877" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB5ADC7" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...26 lines deleted...]
-              <w:t>бойынша жіберілген педагог</w:t>
+          <w:p w14:paraId="489097D0" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>н", педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26D89492" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...17 lines deleted...]
-              <w:t>Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+          <w:p w14:paraId="6E1CE6B1" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC86075" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>3 балл қосылады</w:t>
+          <w:p w14:paraId="65CB1639" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B2943EA" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="3B2087B6" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="5FCE9D73" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="7D019478" w14:textId="77777777" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2594" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32A34BBF" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t>Барлығы:</w:t>
+          <w:p w14:paraId="15E47291" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D9DBB73" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...17 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="780BECE7" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C8C5E03" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42C6CDB6" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...6 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="2FFFA249" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="147B38EB" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
+    <w:p w14:paraId="40A9CA83" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="564357AD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
+    <w:p w14:paraId="4CCAD470" w14:textId="77777777" w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00437A2D" w:rsidSect="00332824">
+    <w:p w14:paraId="1C44A628" w14:textId="77777777" w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10A6FB5D" w14:textId="77777777" w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7105E66A" w14:textId="77777777" w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A65633A" w14:textId="77777777" w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002A2141" w:rsidSect="00257A46">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -10353,51 +9214,51 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -11003,841 +9864,803 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1382558655">
+  <w:num w:numId="1" w16cid:durableId="539509933">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1137719306">
+  <w:num w:numId="2" w16cid:durableId="42874492">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="547491733">
+  <w:num w:numId="3" w16cid:durableId="720590739">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1953440409">
+  <w:num w:numId="4" w16cid:durableId="184638119">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1483539422">
+  <w:num w:numId="5" w16cid:durableId="630939343">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="749349327">
+  <w:num w:numId="6" w16cid:durableId="1955625880">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
-    <w:rsid w:val="000573B9"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
-    <w:rsid w:val="00093671"/>
     <w:rsid w:val="00097C91"/>
-    <w:rsid w:val="000A1589"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
-    <w:rsid w:val="000B2B5D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000B6862"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F7F2D"/>
-    <w:rsid w:val="0010161D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00153436"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
-    <w:rsid w:val="0016392B"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D1817"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001D49FD"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
-    <w:rsid w:val="00204307"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
+    <w:rsid w:val="00244165"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00257A46"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A2141"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="002F7BE9"/>
     <w:rsid w:val="003009AA"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="0031424B"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="003305A7"/>
-    <w:rsid w:val="00332824"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00335DCB"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
-    <w:rsid w:val="003515DC"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B0C7C"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B1A8C"/>
-    <w:rsid w:val="003B5721"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D2FDA"/>
     <w:rsid w:val="003D3661"/>
-    <w:rsid w:val="003D4CCC"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E1C9D"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
-    <w:rsid w:val="00415884"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="004260C3"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
-    <w:rsid w:val="00443C44"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A01E9"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
+    <w:rsid w:val="004C087F"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E0CB3"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="00534700"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
-    <w:rsid w:val="005D3E61"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
-    <w:rsid w:val="006257E5"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
-    <w:rsid w:val="00636139"/>
     <w:rsid w:val="00640A06"/>
-    <w:rsid w:val="006424B7"/>
+    <w:rsid w:val="00643816"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
-    <w:rsid w:val="00651FF0"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="00682985"/>
     <w:rsid w:val="006905EA"/>
-    <w:rsid w:val="00693BB6"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A3925"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00700ADC"/>
-    <w:rsid w:val="00704E3C"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
-    <w:rsid w:val="00726C3B"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007612FA"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="0077664E"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
-    <w:rsid w:val="008110A4"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00830EBF"/>
     <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00840259"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
-    <w:rsid w:val="00860EED"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="0088118E"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
-    <w:rsid w:val="008B0744"/>
     <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B3237"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
-    <w:rsid w:val="00913B43"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00924EAA"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
-    <w:rsid w:val="009D536D"/>
+    <w:rsid w:val="009D5E8B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
-    <w:rsid w:val="009E6A2B"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
-    <w:rsid w:val="00A351FE"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
-    <w:rsid w:val="00A572CE"/>
     <w:rsid w:val="00A5737A"/>
-    <w:rsid w:val="00A63866"/>
-    <w:rsid w:val="00A70C03"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC2031"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD011D"/>
     <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD4252"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
-    <w:rsid w:val="00AE5AB7"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF1E41"/>
-    <w:rsid w:val="00B0017D"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
+    <w:rsid w:val="00B328E5"/>
+    <w:rsid w:val="00B32943"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B549F4"/>
     <w:rsid w:val="00B552A1"/>
-    <w:rsid w:val="00B56337"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
-    <w:rsid w:val="00B760F5"/>
-    <w:rsid w:val="00B80E99"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
-    <w:rsid w:val="00B906F9"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
-    <w:rsid w:val="00BE4A7F"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
-    <w:rsid w:val="00BE792E"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C256D4"/>
     <w:rsid w:val="00C26849"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
-    <w:rsid w:val="00C53A35"/>
     <w:rsid w:val="00C56FDD"/>
-    <w:rsid w:val="00C63D19"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C71C71"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C83B05"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
-    <w:rsid w:val="00CA0B24"/>
     <w:rsid w:val="00CA1596"/>
-    <w:rsid w:val="00CA444E"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
-    <w:rsid w:val="00CB7A1A"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
-    <w:rsid w:val="00D32923"/>
     <w:rsid w:val="00D32E8B"/>
-    <w:rsid w:val="00D3471A"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB4D4B"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
-    <w:rsid w:val="00DD5EBD"/>
     <w:rsid w:val="00DD7F5E"/>
-    <w:rsid w:val="00DE3170"/>
+    <w:rsid w:val="00DE3A8D"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF533F"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
-    <w:rsid w:val="00E17FA3"/>
     <w:rsid w:val="00E20179"/>
-    <w:rsid w:val="00E20BAC"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
-    <w:rsid w:val="00E52D94"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
-    <w:rsid w:val="00E62F31"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EB7C4D"/>
+    <w:rsid w:val="00EC4243"/>
     <w:rsid w:val="00EC48A6"/>
-    <w:rsid w:val="00EC4EF5"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F3724D"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F82AA5"/>
+    <w:rsid w:val="00F82B68"/>
     <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00F93794"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC5F6A"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FE4B75"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="165C3BDC"/>
-  <w15:docId w15:val="{2E660416-47FD-4FF0-B898-9477A285604C}"/>
+  <w14:docId w14:val="7FFAD552"/>
+  <w15:docId w15:val="{5D25FB97-D894-4FCF-80FE-6F112F3C88BD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12183,50 +11006,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F410E4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -12329,167 +11153,98 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="2">
     <w:name w:val="Неразрешенное упоминание2"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A351FE"/>
+    <w:rsid w:val="00F82B68"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AD4252"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="82916394">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="335617763">
-      <w:bodyDiv w:val="1"/>
-[...37 lines deleted...]
-    <w:div w:id="1147747301">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1446004979">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -12761,78 +11516,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37CBBD39-75B9-4F7A-8A65-64CF6E7DF3B4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13E021DF-6BD2-49BC-8275-546C89AD9065}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1955</Words>
-  <Characters>11144</Characters>
+  <Words>2018</Words>
+  <Characters>11508</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
+  <Lines>95</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13073</CharactersWithSpaces>
+  <CharactersWithSpaces>13500</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>