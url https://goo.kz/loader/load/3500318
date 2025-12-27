--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,19900 +1,8680 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="32B2D20E" w14:textId="668076E6" w:rsidR="009B2F1C" w:rsidRDefault="00FF2C02" w:rsidP="00FF2C02">
+    <w:p w14:paraId="7F0B184B" w14:textId="32057D75" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t>«Павлодар</w:t>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имени Камала Макпалеева </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» объявляет конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD38F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на вакантную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006411E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
       </w:r>
       <w:r>
-        <w:t>қаласының</w:t>
-[...92 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заместителя директора </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA52A99" w14:textId="77777777" w:rsidR="00FF2C02" w:rsidRDefault="00FF2C02" w:rsidP="00FF2C02">
-[...15 lines deleted...]
-    <w:p w14:paraId="113128D9" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00AB23C5" w:rsidRDefault="009B2F1C" w:rsidP="00F434DC">
+    <w:p w14:paraId="67AFEA6F" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">по воспитательной  работе </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
-        <w:tblW w:w="9464" w:type="dxa"/>
+        <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="391"/>
         <w:gridCol w:w="2384"/>
-        <w:gridCol w:w="6689"/>
+        <w:gridCol w:w="7114"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF2C02" w:rsidRPr="00FF2C02" w14:paraId="54C8F04B" w14:textId="77777777" w:rsidTr="00766E85">
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w14:paraId="74414B57" w14:textId="77777777" w:rsidTr="00757920">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="25F8C46E" w14:textId="77777777" w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w:rsidRDefault="00FF2C02" w:rsidP="00FF2C02">
+          <w:p w14:paraId="62C18175" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD2C10">
+            <w:r w:rsidRPr="0006411E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53948142" w14:textId="4217A1A8" w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w:rsidRDefault="00FF2C02" w:rsidP="00FF2C02">
+          <w:p w14:paraId="34905D3E" w14:textId="529DC87A" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00901BCE">
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28CCE37D" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="000272F1" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>общеобразовательная</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>школа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-                <w:spacing w:val="-8"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>имени Камала Макпалеева</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00901BCE">
-[...136 lines deleted...]
-          <w:p w14:paraId="032F9DE4" w14:textId="33EA2F74" w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w:rsidRDefault="00FF2C02" w:rsidP="00FF2C02">
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>города</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2155D10B" w14:textId="573FF83E" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00901BCE">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00901BCE">
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>отдела</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>города</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодара,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>управления</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодарской</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...106 lines deleted...]
-              <w:t>58</w:t>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w14:paraId="67FF7817" w14:textId="77777777" w:rsidTr="00766E85">
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w14:paraId="4DB69F5C" w14:textId="77777777" w:rsidTr="00757920">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3BB75D7E" w14:textId="77777777" w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w:rsidRDefault="00FF2C02" w:rsidP="00FF2C02">
+          <w:p w14:paraId="07F4393A" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="048A7901" w14:textId="2B7EB97A" w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w:rsidRDefault="00FF2C02" w:rsidP="00FF2C02">
+          <w:p w14:paraId="0078FA52" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="000272F1" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>местонахождения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F4419D9" w14:textId="3C27D2B6" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00901BCE">
-[...9 lines deleted...]
-                <w:spacing w:val="58"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>почтового</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="4F50C0C0" w14:textId="4DD67058" w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w:rsidRDefault="00FF2C02" w:rsidP="00FF2C02">
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7E8FB3" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="000272F1" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>140013,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Республика</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Казахстан,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодарская</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>область,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32A06104" w14:textId="3B5B9D78" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00901BCE">
-[...9 lines deleted...]
-                <w:spacing w:val="-2"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>город</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00901BCE">
-[...9 lines deleted...]
-                <w:spacing w:val="-1"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00901BCE">
-[...4 lines deleted...]
-              <w:t>22-22-18</w:t>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>улица</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Гагарина</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w14:paraId="251A33A4" w14:textId="77777777" w:rsidTr="00766E85">
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w14:paraId="704D2767" w14:textId="77777777" w:rsidTr="00757920">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4EAEEB3D" w14:textId="77777777" w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w:rsidRDefault="00FF2C02" w:rsidP="00FF2C02">
+          <w:p w14:paraId="720C5C25" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="278357AE" w14:textId="52356724" w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w:rsidRDefault="00FF2C02" w:rsidP="00FF2C02">
+          <w:p w14:paraId="5F37DB78" w14:textId="69A0BBAD" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:spacing w:val="55"/>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>номеров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="74C783DA" w14:textId="7AC08E3A" w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w:rsidRDefault="007F2C30" w:rsidP="00FF2C02">
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CEB7750" w14:textId="5A193922" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId5" w:history="1">
-              <w:r w:rsidR="00FF2C02" w:rsidRPr="00901BCE">
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>22-22-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w14:paraId="0D045A7D" w14:textId="77777777" w:rsidTr="00757920">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5AED979F" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D67FFFB" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="000272F1" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>адреса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>электронной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67DE9CAE" w14:textId="19D42F15" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000272F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="622DAAF5" w14:textId="4857A4DC" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="005B27FD" w:rsidP="00AC1B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId4" w:history="1">
+              <w:r w:rsidR="00AC1B7F" w:rsidRPr="000272F1">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
-                <w:t>sosh4@goo.edu.kz</w:t>
+                <w:t>Sosh4@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w14:paraId="7814326C" w14:textId="77777777" w:rsidTr="00766E85">
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w14:paraId="05085953" w14:textId="77777777" w:rsidTr="00757920">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
-            <w:vMerge/>
-[...1 lines deleted...]
-          <w:p w14:paraId="793BCE5A" w14:textId="77777777" w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w:rsidRDefault="00FF2C02" w:rsidP="00FF2C02">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B102CF2" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0006411E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0668403F" w14:textId="23C03726" w:rsidR="00FF2C02" w:rsidRPr="00AD2C10" w:rsidRDefault="00FF2C02" w:rsidP="00FF2C02">
+          <w:p w14:paraId="36994151" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...351 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0006411E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="306B8E94" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00E52753" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E52753">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аместитель директора по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">воспитательной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E52753">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> работе </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2949888D" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="000E5691" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 ставка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="007F2C30" w14:paraId="524A92EE" w14:textId="77777777" w:rsidTr="00766E85">
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w14:paraId="5D95D80D" w14:textId="77777777" w:rsidTr="00757920">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="39DF5B63" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00AD2C10" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2C577F4C" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD2C10">
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48C1AC12" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00AD2C10" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="33BB5EA7" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00824140">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
-[...8 lines deleted...]
-            <w:pPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="362AF08E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="001B6FFD" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:u w:val="single"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...90 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обеспечивает организацию воспитательного процесса; организует текущее и перспективное планирование воспитательной работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="285B40CB" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="001B6FFD" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - осуществляет планирование и контроль деятельности старших вожатых, воспитателей групп продленного дня, классных руководителей, педагогов-психологов, социальных педагогов и педагогов дополнительного образования; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FD170FB" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="001B6FFD" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обеспечивает разработку документации по воспитательной работе, по подготовке и проведению культурно-воспитательных мероприятий; осуществляет систематический контроль за качеством содержания и проведения воспитательного процесса; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30E820BB" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="001B6FFD" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- координирует деятельность психологической службы и процесс психолого-педагогического сопровождения обучающихся и воспитанников, в том числе с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="543C6DB7" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="001B6FFD" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- обеспечивает новые формы школьно-родительских отношений, полное взаимодействие школы и семьи;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D49DFC5" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="001B6FFD" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- развивает </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>киберкультуру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (использует возможности компьютерных технологий) и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кибергигиену</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (имеет навыки и знания работы в сети интернет); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="061A5DB0" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="001B6FFD" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обеспечивает участие обучающихся, педагогов в конкурсах, слетах, конференциях; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C88E99A" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="001B6FFD" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- проводит профориентационную работу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B76896A" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="001B6FFD" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- организовывает и проводит педагогические консилиумы для родителей; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D82AADC" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="001B6FFD" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- организует работы школьного парламента, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дебатного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> движения, ученического самоуправления, детской организации "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қыран</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұлан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58E17D6E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-              <w:t>1 мөлшерлеме</w:t>
+            <w:r w:rsidRPr="001B6FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- организовывает общественно-полезную работу "Служение обществу", "Поклонение Родине", "Уважение к старшим", "Уважение к матери";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="007F2C30" w14:paraId="48738DF2" w14:textId="77777777" w:rsidTr="00766E85">
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w14:paraId="04103844" w14:textId="77777777" w:rsidTr="00757920">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="11F3A4A2" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00AD2C10" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="588E448F" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AFF8B1B" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00AD2C10" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="64E919FB" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00824140">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...14 lines deleted...]
-              <w:ind w:left="-81" w:firstLine="0"/>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D96B1EF" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0006411E" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79351269" w14:textId="0CCD5D35" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006411E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF79EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>155.</w:t>
+            </w:r>
+            <w:r w:rsidR="0071256D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF79EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w14:paraId="2E90FD4A" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4B2E63" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="483F9A2E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B0AA742" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BF72EE" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AE4807" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...20 lines deleted...]
-              <w:ind w:left="0" w:firstLine="60"/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4807">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее 3 лет; и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории", или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации " педагог – эксперт" или наличие "педагог – исследователь" или "педагог – мастер".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35A8FA24" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w14:paraId="54D540E0" w14:textId="77777777" w:rsidTr="00757920">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B51BAEE" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="597CF508" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D11311" w14:textId="50534342" w:rsidR="00AC1B7F" w:rsidRPr="00581F6B" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>аға тәлімгерлердің, ұзартылған күн топтары тәрбиешілерінің, сынып жетекшілерінің, педагог-психологтардың, әлеуметтік педагогтардың және қосымша білім беру педагогтерінің қызметін жоспарлауды және бақылауды жүзеге асырады;</w:t>
-[...9 lines deleted...]
-              <w:ind w:left="60" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="005B27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="005B27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.-12.0</w:t>
+            </w:r>
+            <w:r w:rsidR="005B27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w14:paraId="190ACD7D" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1426B914" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C96F6BB" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36841BD5" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-              <w:ind w:left="60" w:firstLine="300"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="052C8131" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-              <w:ind w:left="60" w:firstLine="300"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1764DADE" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...37 lines deleted...]
-              <w:ind w:left="60" w:firstLine="300"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="132D349E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-              <w:ind w:left="60" w:firstLine="300"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48484D31" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...132 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность </w:t>
+            </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...68 lines deleted...]
-              <w:ind w:left="60"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18C628B2" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...24 lines deleted...]
-              <w:ind w:left="60"/>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0513EA9E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...168 lines deleted...]
-            </w:pPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...38 lines deleted...]
-          <w:p w14:paraId="5F7B3A54" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="001D3DD2" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="681C5A7B" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...150 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...5 lines deleted...]
-                <w:b/>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:r w:rsidRPr="001D3DD2">
-[...10 lines deleted...]
-          <w:p w14:paraId="15799889" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="001D3DD2" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          </w:p>
+          <w:p w14:paraId="22C80B89" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...225 lines deleted...]
-          <w:p w14:paraId="74DD8872" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="001D3DD2" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F6F3AFE" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0019603D" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...314 lines deleted...]
-          <w:p w14:paraId="71C884F5" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>для кандидатов на занятие должности педагогов английского</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19371345" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0019603D" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...304 lines deleted...]
-          <w:p w14:paraId="34A19B79" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>языка сертификат о результатах сертификации с пороговым</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70EAEE3E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0019603D" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...148 lines deleted...]
-          <w:p w14:paraId="36D63D29" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уровнем не менее 90% по предмету или удостоверение о наличии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FC2B8DB" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0019603D" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="53F51D51" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="001D3DD2" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационной категории педагога-модератора или педагога-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C3A9EF8" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0019603D" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...496 lines deleted...]
-          <w:p w14:paraId="7D729AF1" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="001D3DD2" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эксперта, или педагога-исследователя, или педагога-мастера (при</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FF18236" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0019603D" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...28 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...43 lines deleted...]
-          <w:p w14:paraId="30AF0CAF" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="001D3DD2" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CELTA (Certificate in English Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F1D1DAC" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="000E5691" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">8) </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00ED4B81">
-[...7 lines deleted...]
-              <w:t>Наркологиялық</w:t>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00ED4B81">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00ED4B81">
-[...7 lines deleted...]
-              <w:t>ұйымнан</w:t>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00ED4B81">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>BT)) – 60 – 65</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4686563D" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="001D3DD2" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="6B0810F8" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0019603D" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...344 lines deleted...]
-          <w:p w14:paraId="2AA732A3" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00ED4B81" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11) педагоги, приступившие к педагогической деятельности в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F7FF0DB" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0019603D" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организации технического и профессионального, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00ED4B81">
-[...7 lines deleted...]
-              <w:t>ағылшын</w:t>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00ED4B81">
-[...88 lines deleted...]
-          <w:p w14:paraId="6B4E4DD6" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00512AB1" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          </w:p>
+          <w:p w14:paraId="5A47D7A6" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0019603D" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования на должности педагогов по специальным дисциплинам </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00ED4B81">
-[...7 lines deleted...]
-              <w:t>кандидаттар</w:t>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>имастеров</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00ED4B81">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> производственного обучения, имеющие стаж работы на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>производстве по соответствующей специальности или профилю не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...1125 lines deleted...]
-          <w:p w14:paraId="360CF48B" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00512AB1" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>менее двух лет освобождаются от прохождения сертификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1128F032" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0019603D" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
-[...249 lines deleted...]
-          <w:p w14:paraId="2A0E3E42" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00512AB1" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заполненный Оценочный лист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидата на вакантную или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A936F6D" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0019603D" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...91 lines deleted...]
-          <w:p w14:paraId="7F772192" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00512AB1" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>временно вакантную должность педагога по форме согласно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35268A74" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0019603D" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...131 lines deleted...]
-          <w:p w14:paraId="184FD5B4" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00512AB1" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>приложению 11;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="229A6686" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="0019603D" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...111 lines deleted...]
-          <w:p w14:paraId="49C61103" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00512AB1" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>видеопрезентация для кандидата без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="185BE91D" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AD2C10" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00512AB1">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 15 минут, с минимальным разрешением – 720 x 480;</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...760 lines deleted...]
-              <w:t xml:space="preserve"> – 720 x 480.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22B8808D" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRDefault="009B2F1C" w:rsidP="009B2F1C">
+    <w:p w14:paraId="4E79E09E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5303"/>
-        <w:gridCol w:w="4030"/>
+        <w:gridCol w:w="5077"/>
+        <w:gridCol w:w="3979"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="4FFA45C3" w14:textId="77777777" w:rsidTr="009B2F1C">
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w14:paraId="7115593A" w14:textId="77777777" w:rsidTr="00757920">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5327" w:type="dxa"/>
+            <w:tcW w:w="5077" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B28760B" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="34AAEDAF" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:tcW w:w="4036" w:type="dxa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A454F25" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="1C6D15B6" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FE6B75E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> беру </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарының</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бірінші</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...163 lines deleted...]
-              <w:t>10-қосымша</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="5ADEF3DE" w14:textId="77777777" w:rsidTr="009B2F1C">
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w14:paraId="44119A5B" w14:textId="77777777" w:rsidTr="00757920">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5327" w:type="dxa"/>
+            <w:tcW w:w="5077" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F53257A" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="5B0CFC3B" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4036" w:type="dxa"/>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43D198C7" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="1C354E82" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="13620AD9" w14:textId="77777777" w:rsidTr="009B2F1C">
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w14:paraId="63B3FDDD" w14:textId="77777777" w:rsidTr="00757920">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5327" w:type="dxa"/>
+            <w:tcW w:w="5077" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="363E62DE" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="725B79AF" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4036" w:type="dxa"/>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1263A29D" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="3A582C9B" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Конкурс </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t>государственный орган,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жариялаған</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> орган</w:t>
+              <w:t>объявивший конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3346E7F2" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="009B2F1C">
+    <w:p w14:paraId="0B1EF309" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
+      <w:bookmarkStart w:id="1" w:name="z472"/>
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       _______________________________________________________________ </w:t>
+        <w:t>      ____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423D02D5" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="009B2F1C">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="3D5E5B63" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E4CADD" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4781B0" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              (должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05470B04" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117E5646" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C06949" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E93F5A8" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z473"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D43E33B" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z474"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t xml:space="preserve">(нужное подчеркнуть) </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>үміткердің</w:t>
+        <w:t>_______________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Т.А.Ә. (бар </w:t>
+        <w:t>____</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="107126ED" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>болса</w:t>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00737FA7">
+    </w:p>
+    <w:p w14:paraId="5FEF196E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72AF67CD" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>)), ЖСН</w:t>
+        <w:t xml:space="preserve">               должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A29001" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="009B2F1C">
+    <w:p w14:paraId="4E2E1151" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       _______________________________________________________________ </w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C7B3C0C" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="009B2F1C">
-[...79 lines deleted...]
-    <w:p w14:paraId="0EBB6F5B" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="009B2F1C">
+    <w:p w14:paraId="585B355A" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       _______________________________________________________________ </w:t>
+        <w:t xml:space="preserve">          Образование: высшее или послевузовское</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47ABA51D" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="009B2F1C">
+    <w:p w14:paraId="3E1AB13C" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
-[...1087 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9256" w:type="dxa"/>
+        <w:tblW w:w="9823" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2735"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="3302"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="210C9E89" w14:textId="77777777" w:rsidTr="00766E85">
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w14:paraId="7622B41C" w14:textId="77777777" w:rsidTr="00757920">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcW w:w="3302" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36DEB457" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="210E2816" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z475"/>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...42 lines deleted...]
-            <w:tcW w:w="3686" w:type="dxa"/>
+              <w:t>Наименование учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="4"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18B93FCE" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="37248CF0" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқыту</w:t>
-[...24 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15D17F48" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="103FAED4" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Диплом </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Специальность по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="09754638" w14:textId="77777777" w:rsidTr="00766E85">
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w14:paraId="5FE5B5C5" w14:textId="77777777" w:rsidTr="00757920">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcW w:w="3302" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C2ABC24" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="2C647FBF" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0E80B122" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="268599AE" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A182929" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="6E657323" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0BEFF27F" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="44FEF821" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F36BB7F" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="0481F1EB" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="41C3A3F2" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="082A7561" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73139ADF" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRDefault="009B2F1C" w:rsidP="009B2F1C">
+    <w:p w14:paraId="0A7B34DD" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
+      <w:bookmarkStart w:id="5" w:name="z483"/>
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Наличие квалификационной категории </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(дата присвоения (подтверждения):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5229569F" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="009B2F1C">
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="33A7C426" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Біліктілік</w:t>
+        <w:t>________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00737FA7">
+    </w:p>
+    <w:p w14:paraId="461CB2AE" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>санатының</w:t>
+        <w:t>________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>__</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>болуы</w:t>
+        <w:t>____________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00737FA7">
+    </w:p>
+    <w:p w14:paraId="55FFA4FC" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (беру (</w:t>
+        <w:t xml:space="preserve">Имею следующие результаты работы: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>растау</w:t>
+        <w:t>_______________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
+        <w:t>_________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00737FA7">
+    </w:p>
+    <w:p w14:paraId="4B694757" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>күні</w:t>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00737FA7">
+    </w:p>
+    <w:p w14:paraId="20E2AEBF" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>):</w:t>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16ECE41C" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="009B2F1C">
+    <w:p w14:paraId="33569C92" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      _____________________________________________________________</w:t>
-[...391 lines deleted...]
-        <w:t>      ____________________________________________________________</w:t>
+        <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5653"/>
-        <w:gridCol w:w="3680"/>
+        <w:gridCol w:w="5881"/>
+        <w:gridCol w:w="3474"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="686F5767" w14:textId="77777777" w:rsidTr="00766E85">
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w14:paraId="2DBD527B" w14:textId="77777777" w:rsidTr="00757920">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08710802" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="1CC155F2" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="734CFAB5" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="400AF4A3" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="6B3AE49E" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F57F53E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4D616CC5" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="6C68382B" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2D96A6A5" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="753FB225" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0783E30F" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="27A21E45" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="69AA6521" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="116FF50A" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="48F6830C" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="0F184E69" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="340E37F4" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="00766E85">
+          <w:p w14:paraId="3284DA74" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...326 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4234A6F9" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="009B2F1C">
+    <w:p w14:paraId="53121751" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z186"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="003B3594">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Бос </w:t>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 1</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>немесе</w:t>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="003B3594">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00737FA7">
+    </w:p>
+    <w:p w14:paraId="78156812" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="003B3594" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68467F16" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="003B3594" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73865544" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="003B3594" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">освобождения от должностей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03820F96" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="003B3594" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F9CA6F7" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="003B3594" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27BE116C" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t>уақытша</w:t>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="41AF1ED9" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> бос педагог </w:t>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="763F30AA" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="713ACEAF" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="00AF0289" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t>лауазымына</w:t>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность педагога</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w14:paraId="7818032F" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3F2CC4" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>үміткердің</w:t>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...143 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EA53D6F" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9620" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="614"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3002"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="2655"/>
+        <w:gridCol w:w="2663"/>
+        <w:gridCol w:w="3509"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="60C4EF2A" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="20DC177E" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1432AA30" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...23 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76B7A543" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...41 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4BF385" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...61 lines deleted...]
-              <w:t>)</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42CA4302" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="647969C8" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="17BB7731" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="2CCCA4B0" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="367DFD96" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...40 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7641E8" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...146 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45CB0FA9" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...248 lines deleted...]
-              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A24B0F2" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CA4F2A2" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EFCE59A" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="370119FD" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="404EDEF8" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="1B712B1D" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="55A80049" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41D6D08D" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...74 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="690B782D" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...130 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="780E5712" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...68 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="592F4FFD" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="071C7FE5" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B6325A4" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="39754309" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="24046B25" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="291FC62A" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...128 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43020456" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6D313B" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> - 5 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B06840A" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="14400E6D" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="7BE6FA37" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="588F396A" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...56 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="099A8296" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...66 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07905743" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...254 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4770639B" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DAA08FA" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F27263A" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF25CE1" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BE20D75" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A2B4D06" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A369B0C" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="0BBA95D9" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="7B8D8C57" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="671A0E88" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...128 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DAC6FAA" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...130 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B44BB0E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...356 lines deleted...]
-              <w:t>) = 5 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66C8C9F2" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FF83C27" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31288BF2" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="19878402" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="78F907A4" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="004DE61D" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...128 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4781876E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...76 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3556D6" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...149 lines deleted...]
-              <w:t>" = 0,5 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5129BB" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60BACA8A" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="3053A844" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="25F41D78" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04A713EB" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...182 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18B3E33C" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...318 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48212580" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...159 lines deleted...]
-              <w:t xml:space="preserve"> = минус 3 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA87BE3" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CA58BE1" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="7925415E" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="2EF15611" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="211B3945" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...74 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C70DA25" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...396 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="006D7B43" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="031E6733" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4069C94C" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> 1) </w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="355C4FAC" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="316949A9" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F3B9982" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C7CE426" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E494A10" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CAB33DC" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обладатель медали "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
-[...5 lines deleted...]
-              <w:t>олимпиадалар</w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00737FA7">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00737FA7">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
-[...5 lines deleted...]
-              <w:t>конкурстар</w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00737FA7">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
-[...5 lines deleted...]
-              <w:t>жеңімпаздары</w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00737FA7">
-[...379 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="057736D4" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="430D288A" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7F872A" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...40 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="667150EA" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...66 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="243A0830" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6158D17B" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="276956CB" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F336DEF" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
-[...5 lines deleted...]
-              <w:t>тізбесіне</w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00737FA7">
-[...381 lines deleted...]
-              <w:t xml:space="preserve"> - 3 балл</w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="76215FE9" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="13D8EABE" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD9113E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...56 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="247772EF" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...92 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1580F499" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...374 lines deleted...]
-              <w:t>) = 5 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3446C9" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="638C3F25" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="165F5C24" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="635E818E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B9D126E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="0E7469A6" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="598DD4D3" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03B23A44" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...40 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="677201DE" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-            </w:r>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BBE8036" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="764953EE" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7625DA21" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="252E09D1" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="723B6B11" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C876AB4" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22155B3A" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
-[...5 lines deleted...]
-              <w:t>пәндік</w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00737FA7">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
-[...5 lines deleted...]
-              <w:t>дайындық</w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00737FA7">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28597FD6" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="0C89FE53" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24EE77DE" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B793E96" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2562F083" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FB19A58" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B7B0A1F" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A400D2B" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06461686" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49DAB55F" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="666CDB2C" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="792102C5" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02742CF7" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DEDBAB3" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64203CFE" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43D0D68E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT – International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DC3F036" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20E30D4D" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
-[...5 lines deleted...]
-              <w:t>сертификаттары</w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00737FA7">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> - </w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="418219F7" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="372AEE26" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04FF0458" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="465663F5" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
-[...5 lines deleted...]
-              <w:t>цифрлық</w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00737FA7">
-[...406 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...12 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B458C7C" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEFL Cambridge </w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="362B7320" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"CELTA</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BEC52B0" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...477 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="742D0F63" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ПШО</w:t>
-[...25 lines deleted...]
-              <w:t>, "</w:t>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00737FA7">
-[...806 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FB446EA" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42118C3F" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="363E35DD" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BA5251F" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="5BFA68A6" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="5C5B3321" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="312A9631" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            </w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49D0B316" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00737FA7">
-[...479 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>",педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...76 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6673324D" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...25 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C5D8F9C" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w14:paraId="157030DA" w14:textId="77777777" w:rsidTr="00766E85">
-[...6 lines deleted...]
-            <w:tcW w:w="3161" w:type="dxa"/>
+      <w:tr w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w14:paraId="67ABE4CD" w14:textId="77777777" w:rsidTr="00757920">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3194" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...44 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31C562B7" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C68C544" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A64CA25" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00757920">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C0ED917" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRPr="00737FA7" w:rsidRDefault="009B2F1C" w:rsidP="009B2F1C">
+    <w:p w14:paraId="487573E0" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRPr="009E14F0" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CEB2553" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4403CFE5" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30AAFC2E" w14:textId="77777777" w:rsidR="009B2F1C" w:rsidRDefault="009B2F1C" w:rsidP="009B2F1C"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00270E8B" w:rsidSect="00303791">
+    <w:p w14:paraId="614B6FDD" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="260F4BCD" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33DBBB22" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FA6E205" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1039850E" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09B21626" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10085BCA" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BB61FC3" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04ED4B58" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E7017BB" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D4B3394" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59069C04" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D9C2AD4" w14:textId="77777777" w:rsidR="00AC1B7F" w:rsidRDefault="00AC1B7F" w:rsidP="00AC1B7F"/>
+    <w:p w14:paraId="1B23FE01" w14:textId="77777777" w:rsidR="00DB02D0" w:rsidRDefault="00DB02D0"/>
+    <w:sectPr w:rsidR="00DB02D0">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1133" w:bottom="709" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...237 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009B2F1C"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00FF2C02"/>
+    <w:rsidRoot w:val="00AC1B7F"/>
+    <w:rsid w:val="005B27FD"/>
+    <w:rsid w:val="0071256D"/>
+    <w:rsid w:val="008D6C1D"/>
+    <w:rsid w:val="00AC1B7F"/>
+    <w:rsid w:val="00DB02D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5B45EE3C"/>
-  <w15:docId w15:val="{6C922922-9DA0-49BF-AB8E-58BEB54CE718}"/>
+  <w14:docId w14:val="48E64ADB"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{B0B1EF1E-FD58-4D52-B0CA-B6117ADFCA16}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -20234,500 +9014,459 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00025913"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00FF2C02"/>
+    <w:rsid w:val="00AC1B7F"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...5 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009B2F1C"/>
+    <w:rsid w:val="00AC1B7F"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="009B2F1C"/>
+    <w:rsid w:val="00AC1B7F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...9 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2C02"/>
+    <w:rsid w:val="00AC1B7F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...13 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sosh4@goo.edu.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>10262</Characters>
+  <Pages>9</Pages>
+  <Words>1883</Words>
+  <Characters>10738</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12038</CharactersWithSpaces>
+  <CharactersWithSpaces>12596</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>user</dc:creator>
+  <dc:creator>master.04s@outlook.com</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>