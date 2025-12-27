--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -2,3793 +2,2575 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="00FD7B00" w:rsidRDefault="00DF4A7D" w:rsidP="00B00AEE">
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD7B00">
+    </w:p>
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="0017140C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...52 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D70D9E" w:rsidRPr="00FD7B00" w:rsidRDefault="00BC259D" w:rsidP="00B00AEE">
-[...3008 lines deleted...]
-    <w:p w:rsidR="003153C2" w:rsidRPr="00FD7B00" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+    <w:p w:rsidR="005635AB" w:rsidRDefault="00B80419" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0024342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ясли-сад №34 </w:t>
+      </w:r>
+      <w:r w:rsidR="0024342B" w:rsidRPr="0024342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0024342B" w:rsidRPr="0024342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Павлода</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005635AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ра»</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="0017140C" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0024342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс на дол</w:t>
+      </w:r>
+      <w:r w:rsidR="002E07FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>жность инструктора по физической культуре</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00B80419" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00CE6785">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(временно до 31.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6785">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...486 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>05</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6785">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t xml:space="preserve">.2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00CE6785">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>года)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+    <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00E23E0F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное</w:t>
+            </w:r>
+            <w:r w:rsidR="0024342B" w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> казенное  предприятие «Ясли-сад №34 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E07FE" w:rsidRDefault="0024342B" w:rsidP="00873C6B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140000</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, Республика Казахстан, Павлодарская область,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00873C6B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="0024342B" w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Гагарина</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="0024342B" w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidR="0024342B" w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-63-87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00115368" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="002879EA" w:rsidRPr="009A0D0F">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>sad</w:t>
+              </w:r>
+              <w:r w:rsidR="002879EA" w:rsidRPr="009A0D0F">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>34@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="002E07FE" w:rsidP="003153C2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC259D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нструктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по физической культуре,</w:t>
+            </w:r>
+            <w:r w:rsidR="00B80419" w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 ставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E07FE" w:rsidRPr="002E07FE" w:rsidRDefault="00A40329" w:rsidP="002E07FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="z1600"/>
+            <w:r w:rsidR="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002E07FE" w:rsidRPr="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>обеспечивает охрану жизни и здоровья детей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E07FE" w:rsidRPr="002E07FE" w:rsidRDefault="002E07FE" w:rsidP="002E07FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z1601"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> -п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ланирует и осуществляет организованную учебную деятельность по физической культуре (плаванию) в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения с учетом типового учебного плана и рекомендаций медицинского персонала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E07FE" w:rsidRPr="002E07FE" w:rsidRDefault="002E07FE" w:rsidP="002E07FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z1602"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>занимается изучением, обобщением и распространением передового педагогического опыта по физическому воспитанию, внедряет инновационные технологии на основе изучения отечественных и зарубежных научно-исследовательских, авторских разработок;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E07FE" w:rsidRPr="002E07FE" w:rsidRDefault="002E07FE" w:rsidP="002E07FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z1603"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">осуществляет консультационную помощь родителям в вопросах здоровье сбережения и применения здоровье сберегающих технологий; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E07FE" w:rsidRPr="002E07FE" w:rsidRDefault="002E07FE" w:rsidP="002E07FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z1604"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>владеет информационно-коммуникационными технологиями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E07FE" w:rsidRPr="002E07FE" w:rsidRDefault="002E07FE" w:rsidP="002E07FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z1605"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>принимает участие в создании физкультурно-оздоровительной развивающей среды, осуществляет совместно с педагогическим коллективом дошкольной организации, а также с помощью родителей и общественных организаций организационно-методическую и практическую работу, проведение массовых мероприятий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E07FE" w:rsidRPr="002E07FE" w:rsidRDefault="002E07FE" w:rsidP="002E07FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z1606"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обеспечивает санитарно-гигиенические условия и меры безопасности при проведении организованной учебной деятельности, спортивных праздников и развлечений; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E07FE" w:rsidRPr="002E07FE" w:rsidRDefault="002E07FE" w:rsidP="002E07FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z1607"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>проводит дополнительные занятия с детьми специальной медицинской группы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00100EAB" w:rsidRDefault="002E07FE" w:rsidP="002E07FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z1608"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ведет документацию установленной отчетности по учебной, физкультурно-оздоровительной работе. </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пециальн</w:t>
+            </w:r>
+            <w:r w:rsidR="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ое образование( min): 148 648,21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="002E07FE" w:rsidP="00DB2E41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 157 602,40</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E07FE" w:rsidRPr="002E07FE" w:rsidRDefault="00100EAB" w:rsidP="002E07FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z1379"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="z1616"/>
+            <w:r w:rsidR="002E07FE" w:rsidRPr="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование или техническое и профессиональное образование по соответствующему профилю, или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E07FE" w:rsidRPr="002E07FE" w:rsidRDefault="002E07FE" w:rsidP="002E07FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z1617"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>и (или) при наличии среднего и высшего уровня квалификации стаж работы в должности инструктора по физической культуре дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00100EAB" w:rsidRDefault="002E07FE" w:rsidP="00100EAB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z1618"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж работы в должности инструктора по физической культуре дошкольной организации для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="12"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00266BEF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00266BEF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002879EA" w:rsidRPr="00FD7B00" w:rsidRDefault="002879EA" w:rsidP="00C62863">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3-15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="008D234C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справкус психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>длякандидата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002879EA" w:rsidRPr="0024342B" w:rsidRDefault="002879EA" w:rsidP="00CE6785">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ремен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>но,до 31</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024342B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00452A41" w:rsidRPr="0024342B" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
-[...4 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+    <w:p w:rsidR="00F24D9F" w:rsidRPr="0024342B" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:bookmarkStart w:id="13" w:name="z178"/>
+      <w:r w:rsidRPr="0024342B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
-[...40 lines deleted...]
-    <w:sectPr w:rsidR="005635AB" w:rsidSect="005635AB">
+    <w:sectPr w:rsidR="00F24D9F" w:rsidRPr="0024342B" w:rsidSect="005635AB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -5192,50 +3974,51 @@
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="0054179F"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="005635AB"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
@@ -6324,51 +5107,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad34@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6631,66 +5414,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20D6DE85-B50E-4A99-BEEB-BCD2FFF5DF46}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>621</Words>
-  <Characters>3545</Characters>
+  <Words>691</Words>
+  <Characters>3945</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4158</CharactersWithSpaces>
+  <CharactersWithSpaces>4627</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>