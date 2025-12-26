--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,11880 +1,9376 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4BCF040F" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="7E9690D7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4BA9">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00387958">
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> КММ</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FDB9860" w14:textId="2F220AB3" w:rsidR="00D70D9E" w:rsidRPr="001F4BA9" w:rsidRDefault="00387958" w:rsidP="00B00AEE">
+    <w:p w14:paraId="713F8502" w14:textId="5A447ACB" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орыс</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00970E80">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>русского языка и литературы с русским</w:t>
+      </w:r>
+      <w:r w:rsidR="00970E80" w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тіл</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>(на вакантную должность)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06718E6B" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00387958" w:rsidP="000B78E0">
+    <w:p w14:paraId="2CDE9623" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...68 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D57C39" w14:paraId="72810B54" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="2A589193" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF52C0F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="723292A8" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4BA7F0B9" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19311DFC" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...17 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C581634" w14:textId="5B6511C8" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00661D74">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласының </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00387958">
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="086CF11A" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="2B29BEF1" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5B9C9318" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="22D56F39" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="20C3EA0B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7118A7BC" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="16F6782C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00387958" w:rsidP="00873C6B">
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E7C2D1" w14:textId="64261848" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140001</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63AD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Камзин</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Камзина, 346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="40D79931" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="4CA40B91" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="566A2000" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="7B8EF66B" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="405A8AA0" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36906307" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="6C84E1CE" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C33DCA2" w14:textId="1FEC682E" w:rsidR="005A16CD" w:rsidRPr="00635CEC" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...47 lines deleted...]
-              <w:t>60-73-13</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="4DCF110B" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="569143AA" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2A1CC24C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="4C5C95E9" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C569AC1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16EFFC7D" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...19 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB61005" w14:textId="0D91E74F" w:rsidR="005A16CD" w:rsidRPr="00407673" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...33 lines deleted...]
-              <w:t>1@goo.edu.kz</w:t>
+            <w:r w:rsidRPr="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D57C39" w14:paraId="440BE752" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="613BA3F8" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1BCDAB30" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="1DDDC546" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3C2D2242" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE5D336" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="2A88254E" w14:textId="5D2DC9C8" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="00387958" w:rsidP="000B78E0">
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7703A0C5" w14:textId="7EC9A85A" w:rsidR="005A16CD" w:rsidRPr="00AD45B8" w:rsidRDefault="00970E80" w:rsidP="00BD4594">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...88 lines deleted...]
-                <w:bCs/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD45B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель русского языка и литературы с русским языком обучения, </w:t>
+            </w:r>
+            <w:r w:rsidR="00075E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00A53159">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="0051398F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="00AD45B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> сағат</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> час</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD45B8" w:rsidRPr="00AD45B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D57C39" w14:paraId="7EF936B5" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="7B2387C1" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="17B6014B" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="480E4B6B" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3C5C5F2E" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6770180B" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="3EBC45BF" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52574579" w14:textId="1027968A" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w14:paraId="57CC88A7" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="791106E0" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w14:paraId="5CA34775" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D41AA00" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="557AA084" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="1F277596" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="39B4AA7A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="1D1BFB70" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="62FCD360" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5589C922" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="1845E78A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B19601B" w14:textId="1BFE2D29" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="005A16CD" w:rsidP="000A5249">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
-[...21 lines deleted...]
-          <w:p w14:paraId="4CD04E8E" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:r w:rsidR="000A5249" w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4788DDD9" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="6E628AFB" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 129 258,89 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68B3B95A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...25 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 159 626,94 тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4271B487" w14:textId="0C20A338" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D57C39" w14:paraId="786BE15C" w14:textId="77777777" w:rsidTr="009540D9">
-[...4 lines deleted...]
-          <w:p w14:paraId="5C6CBFFE" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="410F8738" w14:textId="77777777" w:rsidTr="005A16CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D6CD77" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="530E5D85" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16951D22" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-          <w:p w14:paraId="6926A6E2" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="718B5F17" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="0ADD17B4" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="00F52F7C">
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="356C17DB" w14:textId="14ADD510" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="005A16CD" w:rsidP="000A5249">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00F52F7C" w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w14:paraId="5EE30192" w14:textId="77777777" w:rsidR="007078F2" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+            <w:r w:rsidR="000A5249" w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EDC06B3" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...20 lines deleted...]
-          <w:p w14:paraId="45C02C2F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06C14F65" w14:textId="29F9C836" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="000A5249" w:rsidP="000A5249">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-              <w:t>.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="01EA201B" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="14BDB836" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5DB181E7" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC34BA9" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7DD161F1" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3A3D7A" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...16 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B555C2A" w14:textId="63D6C05F" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="00721B98" w:rsidP="00A81D9B">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidR="00970E80">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00075E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4C58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00075E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00970E80">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="00970E80">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="003A56B8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00BA4C58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00957544">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00C81E54">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00970E80">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidR="003A56B8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00BA4C58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00377311">
-[...75 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D57C39" w14:paraId="39303995" w14:textId="77777777" w:rsidTr="009540D9">
-[...7 lines deleted...]
-          <w:p w14:paraId="0DDE56D2" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="5238C72A" w14:textId="77777777" w:rsidTr="005A16CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D50BA52" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="25B573CF" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D08B94D" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...18 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4661452F" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...86 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CA7E4FB" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...48 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="700840E8" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...48 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07AEE850" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...48 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C130B6B" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...29 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61A9F736" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...152 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="507DCFAC" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...29 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0594D965" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...29 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A64BE59" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...93 lines deleted...]
-                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
-[...40 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45E7412F" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...32 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53BC94A5" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="000A5249">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
-[...22 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75286814" w14:textId="77777777" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00520C9B">
-            <w:pPr>
+          <w:p w14:paraId="049F5F5A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...29 lines deleted...]
-            <w:pPr>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0909A62D" w14:textId="7119B843" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...75 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5249">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="157313AE" w14:textId="77777777" w:rsidTr="009540D9">
-[...7 lines deleted...]
-          <w:p w14:paraId="0A1DC8D2" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
+      <w:tr w:rsidR="00DB4AA9" w:rsidRPr="00B3089F" w14:paraId="54522E56" w14:textId="77777777" w:rsidTr="005A16CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="149EC225" w14:textId="6FC876C0" w:rsidR="00DB4AA9" w:rsidRPr="00DB4AA9" w:rsidRDefault="00DB4AA9" w:rsidP="00DB4AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="33ADE2E7" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73727B41" w14:textId="77777777" w:rsidR="00DB4AA9" w:rsidRDefault="00DB4AA9" w:rsidP="00DB4AA9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="30E67DC1" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="000B78E0" w:rsidRDefault="000B78E0" w:rsidP="00B475E6">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="298AD2FE" w14:textId="09EF66E6" w:rsidR="00DB4AA9" w:rsidRPr="00B3089F" w:rsidRDefault="00DB4AA9" w:rsidP="00DB4AA9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-              <w:t>ваканттық орын</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DCD3409" w14:textId="5DBFD2FD" w:rsidR="00DB4AA9" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="00970E80">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вакантная должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7AC6C762" w14:textId="77777777" w:rsidR="003153C2" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+    <w:p w14:paraId="673D86A6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...533 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D62DB3" w14:paraId="16276CD8" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="572E8D4B" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="35FC53E0" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6379D4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2C2A82DB" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRPr="00DC10A3" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
-[...26 lines deleted...]
-          <w:p w14:paraId="75EADFA0" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRPr="00F7191E" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01174CA6" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F7191E">
-[...9 lines deleted...]
-          <w:p w14:paraId="4E91F5AF" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRPr="00F7191E" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
+          </w:p>
+          <w:p w14:paraId="75E42C1B" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC10A3">
-[...18 lines deleted...]
-          <w:p w14:paraId="508B1E74" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRPr="00F7191E" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
+          </w:p>
+          <w:p w14:paraId="4D7D03AA" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F7191E">
-[...9 lines deleted...]
-          <w:p w14:paraId="041C26DB" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRPr="00F7191E" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
+          </w:p>
+          <w:p w14:paraId="50027FE0" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F7191E">
-[...27 lines deleted...]
-          <w:p w14:paraId="470B4373" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRPr="00F7191E" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
+          </w:p>
+          <w:p w14:paraId="0AF09C87" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BB1ACF3" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A44D22C" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D3FD167" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54513A27" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B30CCEC" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A326303" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A0D256E" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1561E7C5" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68053F3D" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C57FCB9" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46871ED2" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48B6416B" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12F88BA0" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64114639" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05BFF564" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3035BA65" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="183C8FF5" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="666B669E" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="414CB994" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3778381C" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A0D5FBE" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E1EC023" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CBDB676" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="250DAC1A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1890361E" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F78DA1D" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A5473BD" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64E8CE08" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="523507D6" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="577A6B0B" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E6957B8" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A56F5B2" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="751CB548" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="696382AA" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2998A92C" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="609EC8A9" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4684E6C4" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7395D234" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55AE0F66" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1191954C" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="191944E7" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7974FF8C" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="187C8F74" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D9816B3" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EABCEC2" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3027BA86" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F2B7C8B" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4255E6D8" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09458699" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B49411F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54541C2D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39C9C2FD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C4A392F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16806850" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="01875AB0" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="001F4BA9" w:rsidRDefault="00E51B79" w:rsidP="00C61A11">
-[...13 lines deleted...]
-    <w:p w14:paraId="40AEB89A" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="2FEF53FC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+    </w:p>
+    <w:p w14:paraId="0B75A6F1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>_________________________</w:t>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09ECBB4D" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="3B922E76" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(конкурс жариялаған мемлекеттік орган)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DA1F43" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="720D4692" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="025949DA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D568D6A" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="3672D895" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7BCE29" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="6EEBA24C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BE2A1B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A0CCA4" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="7A62283E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22AEDBF2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16466D60" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="29388B7D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26DEC455" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="794BF334" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B1EBD28" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="71BE05F4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="754B7DEC" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="21F7496B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C2AB121" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="26C85761" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ECCDEFB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44932C9C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
-[...8 lines deleted...]
-        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDA3C7E" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="5D232606" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56825327" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="2876ADB7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60BCE226" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="6BF310C8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="493CA39F" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="66D7B78C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="365DE01B" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="7CA96F77" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2620DE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB7EA5A" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="50C7A935" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DA63672" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="16B337D0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C836C4A" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="7470ED11" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28DE0131" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="2B43A275" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="10"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2115"/>
+        <w:gridCol w:w="2924"/>
+        <w:gridCol w:w="2154"/>
+        <w:gridCol w:w="2724"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E51B79" w:rsidRPr="00E51B79" w14:paraId="66E37B42" w14:textId="77777777" w:rsidTr="00C61A11">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="10A2555D" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="1251"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67E07204" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="5CBC30F4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007B5B47" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AAEE14C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E51B79">
-[...14 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62060696" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E51B79">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C378A80" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E51B79">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C91A75" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00E51B79">
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5308B8B2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E51B79" w:rsidRPr="00E51B79" w14:paraId="1EA55D3B" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="7D064BD7" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FFC744F" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="3EB19C50" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC68680" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6122A361" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E2BA00" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="48F65123" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="75987FFF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C93881A" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="76735471" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417B682A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3657E980" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65A5AFF6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205C4FC1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106C5B5C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27F98D66" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB245A4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71267845" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE0EB25" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EA9E2DA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46709B23" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68FC74AA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38148DA0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="078A143C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573704DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D925DD" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="74C23533" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
-[...50 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C61A11">
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597FD817" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F8E4FA6" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="1891E038" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F539378" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="344D353E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
-[...58 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_____________</w:t>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21926E45" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="11004C6A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
-[...335 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                         </w:t>
-[...43 lines deleted...]
-        <w:t>олы)</w:t>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EEF18C8" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="53803D86" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="2"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w14:paraId="6FD73BBF" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="434C9409" w14:textId="77777777" w:rsidTr="00A620FA">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3596AEB0" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="5B7577B5" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="70B85D7E" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="447E4CCB" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="ae"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C54F31E" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00D4564D" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872670">
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="ae"/>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21FFAAE7" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00D4564D" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872670">
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00872670">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="684C340F" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00D4564D" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ірінші басшылары мен педагогтерін</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="ae"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00872670">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E7622FA" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00D4564D" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="ae"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00872670">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2528B081" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00D4564D" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00872670">
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25081CFB" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F1C0154" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+    <w:p w14:paraId="6BD808B7" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="002E00FE" w:rsidRDefault="000A5249" w:rsidP="000A5249">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="606BBF91" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+    <w:p w14:paraId="59D34073" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="000A5249">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00872670">
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00872670">
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00872670">
-[...127 lines deleted...]
-      <w:r w:rsidRPr="00872670">
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A10587" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...35 lines deleted...]
-    <w:p w14:paraId="5C5DDC71" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+    <w:p w14:paraId="185C723E" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="000A5249">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D976EAB" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="002E00FE" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w14:paraId="07241487" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="7652FDFD" w14:textId="77777777" w:rsidTr="00A620FA">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="17DEB112" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="257D6E2A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57F80524" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60EA25A5" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B3168B" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E747FAE" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00872670">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...155 lines deleted...]
-            <w:r w:rsidRPr="00872670">
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w14:paraId="7A525C38" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="43FBA2B0" w14:textId="77777777" w:rsidTr="00A620FA">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68E6D38F" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0520D75F" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="7A4F1081" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="57F2F88E" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...21 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="463912DC" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16954E47" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="004D03FA" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78E8B0CA" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="004D03FA" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11D31BAA" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="004D03FA" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AD8F9FC" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="004D03FA" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20FB1F5A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CEE7B43" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="66FF6CCD" w14:textId="77777777" w:rsidTr="00A620FA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...96 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="279D229D" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5245B15C" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56B1E578" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BD1EA4" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F4D1839" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BA727B6" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36AB5C44" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="05378D45" w14:textId="77777777" w:rsidTr="00A620FA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6FFDD4FA" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77E07939" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="79976A07" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CB8528" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC017B0" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="165991B5" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="4FF27B08" w14:textId="77777777" w:rsidTr="00A620FA">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F33529A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2EF4C32D" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7EF05808" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="656E1E12" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C84796C" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1132F8C2" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B7DD9C1" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5617B28E" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6629CBB9" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C7965C0" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08416606" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF39D9D" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="78CDF860" w14:textId="77777777" w:rsidTr="00A620FA">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2466CA6F" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1670C6B7" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F840B68" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B68614" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
-            <w:r w:rsidRPr="00872670">
-[...50 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="004252F5" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B75427F" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C84AC2D" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w14:paraId="478285A9" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="629DB416" w14:textId="77777777" w:rsidTr="00A620FA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="10BE7B1E" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7685EFE8" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0B519876" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5452A009" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рофессиональной практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00D269D1" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="233223A9" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="558ECEBB" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="4E5C7DAF" w14:textId="77777777" w:rsidTr="00A620FA">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5712918C" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C1E938E" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7E6694BA" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4064A0DA" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00872670">
-[...11 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F7B99A5" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аличие положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73C22F99" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BA8E6B5" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A79DC6" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="4674AD65" w14:textId="77777777" w:rsidTr="00A620FA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C0F7B03" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...21 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="4D4E8AB9" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="58EF066B" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="592CC77A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="25ED7F38" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23365067" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75B736B6" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10BAE645" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00872670">
-[...77 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D20AC2C" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1979FC4A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77D0505C" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DA7E371" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CCD3000" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B77AEA" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27F35A38" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD8EFCF" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w14:paraId="76415688" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="1781AE16" w14:textId="77777777" w:rsidTr="00A620FA">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="754E8F3D" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="052CC354" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="214E1382" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B4F1939" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="348785FC" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E2BEC10" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="060C01A6" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A7FCFF" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A1853F" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="54B67EF9" w14:textId="77777777" w:rsidTr="00A620FA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6500408E" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06DBDB3E" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="55B97B20" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3B7690AC" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...21 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="47B557E9" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12FA64F5" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AFFC048" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30804341" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43A0D7D3" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8490DF" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="365141C5" w14:textId="77777777" w:rsidTr="00A620FA">
+        <w:trPr>
+          <w:trHeight w:val="10729"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4E98E456" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...33 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="7831E6A1" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D6995F7" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="46AAF8BA" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2814C2CD" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F81F409" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="777BD4A2" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6499431C" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>«Обучение работе с Microsoft» Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B0778A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE6D854" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2505D746" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C205A37" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3031DC41" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03DB6F3A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1446ADBC" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7683B878" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3648D61F" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="234B26ED" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15210667" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EFF48A7" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12930118" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C9DA1B4" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w14:paraId="3CFB2D10" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="72F5F032" w14:textId="77777777" w:rsidTr="00A620FA">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43A1A4C7" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6654F210" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B3B4C6C" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="63D7454C" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1CEF94D1" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...30 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="548A6D9E" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D9C2DA6" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B901EAF" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="03BD83BF" w14:textId="77777777" w:rsidTr="00A620FA">
+        <w:trPr>
+          <w:trHeight w:val="185"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...276 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="600C9916" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...2513 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E59C29F" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="001235A7" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...52 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="348C419A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="37829FB9" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00E51B79">
+    <w:p w14:paraId="1873DEDA" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="000A5249">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29364437" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...898 lines deleted...]
-    <w:sectPr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidSect="00E87524">
+    <w:p w14:paraId="7F704FCD" w14:textId="77777777" w:rsidR="00095A0B" w:rsidRDefault="00095A0B" w:rsidP="00661D74"/>
+    <w:sectPr w:rsidR="00095A0B" w:rsidSect="003D0ADE">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...21 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewtonC">
-[...6 lines deleted...]
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...682 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...697 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00810274"/>
+    <w:rsid w:val="000255AB"/>
+    <w:rsid w:val="00042733"/>
+    <w:rsid w:val="00075E45"/>
+    <w:rsid w:val="00095A0B"/>
+    <w:rsid w:val="000A5249"/>
+    <w:rsid w:val="00201486"/>
+    <w:rsid w:val="003D0ADE"/>
+    <w:rsid w:val="00411AC4"/>
+    <w:rsid w:val="0051398F"/>
+    <w:rsid w:val="005A16CD"/>
+    <w:rsid w:val="00625E1A"/>
+    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="00721B98"/>
+    <w:rsid w:val="007B5B47"/>
+    <w:rsid w:val="00810274"/>
+    <w:rsid w:val="0086592A"/>
+    <w:rsid w:val="008C509C"/>
+    <w:rsid w:val="00957544"/>
+    <w:rsid w:val="00970E80"/>
+    <w:rsid w:val="00A81D9B"/>
+    <w:rsid w:val="00AD45B8"/>
+    <w:rsid w:val="00BA4C58"/>
+    <w:rsid w:val="00BD4594"/>
+    <w:rsid w:val="00C06D6F"/>
+    <w:rsid w:val="00C47337"/>
+    <w:rsid w:val="00C71044"/>
+    <w:rsid w:val="00C8266A"/>
+    <w:rsid w:val="00DA1F45"/>
+    <w:rsid w:val="00DB4AA9"/>
+    <w:rsid w:val="00E50A9A"/>
+    <w:rsid w:val="00E50F71"/>
+    <w:rsid w:val="00FC1891"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="55BC4AF7"/>
-  <w15:docId w15:val="{2DA9DED1-AB99-4AFD-A5E5-60933E53C850}"/>
+  <w14:docId w14:val="5FE57418"/>
+  <w15:docId w15:val="{BADC1CBB-9DB5-4024-B2CA-B0CD2CA9BC42}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12220,337 +9716,132 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00661D74"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00661D74"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...58 lines deleted...]
-    <w:rsid w:val="00E51B79"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A5249"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:tblPr>
-[...37 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12584,84 +9875,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -12797,82 +10090,85 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5DAF7A5-9D57-435A-8AA1-6DA0596FFA16}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88AA638F-8CEF-43D5-83B2-8A3460908D32}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1979</Words>
-  <Characters>11284</Characters>
+  <Words>2043</Words>
+  <Characters>11646</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13237</CharactersWithSpaces>
+  <CharactersWithSpaces>13662</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Бахытнур</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>