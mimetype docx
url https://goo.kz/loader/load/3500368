--- v0 (2025-12-05)
+++ v1 (2026-01-13)
@@ -1,750 +1,416 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="008D44D4" w:rsidRPr="00AF4D6E" w:rsidRDefault="00F204BA" w:rsidP="00AF4D6E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бүгін "Жігер" БЖК КМҚК-да тақырыптық сағат өтті </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="0013167B">
+        <w:t xml:space="preserve">Сегодня в КГКП ДПК «Жигер» прошел тематический час на </w:t>
+      </w:r>
+      <w:r w:rsidR="008D44D4" w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тему: «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D44D4" w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Буллинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D44D4" w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D44D4" w:rsidRPr="00AF4D6E" w:rsidRDefault="008D44D4" w:rsidP="00AF4D6E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F204BA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> знакомство с понятием «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>буллинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», с мерами предупреждения и предотвращения данного явления в социальной группе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D44D4" w:rsidRPr="00F204BA" w:rsidRDefault="008D44D4" w:rsidP="00AF4D6E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F204BA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D44D4" w:rsidRPr="00AF4D6E" w:rsidRDefault="008D44D4" w:rsidP="00AF4D6E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> познакомить с понятиями физическое и психологическое насилие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D44D4" w:rsidRPr="00AF4D6E" w:rsidRDefault="008D44D4" w:rsidP="00AF4D6E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с помощью игровых техник дать </w:t>
+      </w:r>
+      <w:r w:rsidR="00F204BA">
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Буллинг</w:t>
-[...7 lines deleted...]
-        <w:t>».</w:t>
+        <w:t>воспитанникам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> понять, что каждый обладает качествами способствующими противостоянию физическому и психологическому насилию;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D44D4" w:rsidRPr="00AF4D6E" w:rsidRDefault="008D44D4" w:rsidP="00AF4D6E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развивать такие нравственные качества, как терпимость к людям, толерантность, доброта, милосердие, сочувствие, сострадание, нетерпимость к любому виду насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D44D4" w:rsidRPr="00AF4D6E" w:rsidRDefault="008D44D4" w:rsidP="00AF4D6E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирование негативного отношения детей к таким понятиям, как </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>буллинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, насилие, агрессия и другие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D44D4" w:rsidRPr="00F204BA" w:rsidRDefault="008D44D4" w:rsidP="00AF4D6E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F204BA">
         <w:rPr>
           <w:b/>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Мақсат:</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="0013167B">
+        <w:t>Планируемые результаты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D44D4" w:rsidRPr="00AF4D6E" w:rsidRDefault="008D44D4" w:rsidP="00AF4D6E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оптимизировать межличностные и межгрупповые отношения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D44D4" w:rsidRPr="00AF4D6E" w:rsidRDefault="008D44D4" w:rsidP="00AF4D6E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сформировать навыки конструктивного реагирования в конфликте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90669" w:rsidRDefault="008D44D4" w:rsidP="00AF4D6E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>буллинг</w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">мен </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развить толерантность и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AF4D6E">
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>танысу</w:t>
-[...560 lines deleted...]
-        <w:t>дамыту</w:t>
+        <w:t>эмпатию</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AF4D6E">
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D84D84" w:rsidRDefault="00D84D84" w:rsidP="00AF4D6E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D84D84" w:rsidRPr="00D84D84" w:rsidRDefault="00D84D84" w:rsidP="00AF4D6E">
       <w:pPr>
@@ -760,245 +426,201 @@
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2241371" cy="2987749"/>
             <wp:effectExtent l="0" t="0" r="6985" b="3175"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\User4\Desktop\ДОКУМЕНТЫ\ГОДОВОЙ ПЛАН ЖИГЕР НА 2023-2024\ГД 2023-2024\БУЛЛИНГ\IMG-20240227-WA0100.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\User4\Desktop\ДОКУМЕНТЫ\ГОДОВОЙ ПЛАН ЖИГЕР НА 2023-2024\ГД 2023-2024\БУЛЛИНГ\IMG-20240227-WA0100.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <ns5:useLocalDpi xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ns5="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:ns3="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns2="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2243628" cy="2990757"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00D84D84">
         <w:rPr>
+          <w:rStyle w:val="a"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:w w:val="0"/>
           <w:sz w:val="0"/>
           <w:szCs w:val="0"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="000000"/>
           <w:shd w:val="clear" w:color="000000" w:fill="000000"/>
-          <w:lang/>
+          <w:lang w:val="x-none" w:eastAsia="x-none" w:bidi="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2113749" cy="2987749"/>
             <wp:effectExtent l="0" t="0" r="1270" b="3175"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\User4\Desktop\ДОКУМЕНТЫ\ГОДОВОЙ ПЛАН ЖИГЕР НА 2023-2024\ГД 2023-2024\БУЛЛИНГ\IMG-20240227-WA0098.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\User4\Desktop\ДОКУМЕНТЫ\ГОДОВОЙ ПЛАН ЖИГЕР НА 2023-2024\ГД 2023-2024\БУЛЛИНГ\IMG-20240227-WA0098.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <ns5:useLocalDpi xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ns5="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:ns3="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns2="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2115823" cy="2990681"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D84D84" w:rsidRDefault="00D84D84" w:rsidP="00D84D84">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0013167B">
+      <w:r w:rsidR="00F90669">
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қосымша білім беру педагогі</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F90669">
+        <w:t xml:space="preserve">Педагог дополнительного образования Илялова Аягоз Сериковна провела с воспитаниками </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7479A">
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Илялова Аягөз Серікқызы тәрбиеленушілермен </w:t>
-[...44 lines deleted...]
-        <w:t>елеңсіз қарым-қатынастар және т.б. туралы білді.</w:t>
+        <w:t>тематическую беседу в игровой форме на тему «Что такое буллинг?», дети узнали что такое буллинг, притеснение среди сверствников, отрицательные негативные отношения  и тд.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D84D84" w:rsidRDefault="00D84D84" w:rsidP="00D84D84">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D84D84" w:rsidRDefault="00D84D84" w:rsidP="00D84D84">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1009,54 +631,54 @@
         <w:rPr>
           <w:noProof/>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2353042" cy="3136605"/>
             <wp:effectExtent l="0" t="0" r="9525" b="6985"/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\User4\Desktop\ДОКУМЕНТЫ\ГОДОВОЙ ПЛАН ЖИГЕР НА 2023-2024\ГД 2023-2024\БУЛЛИНГ\IMG-20240227-WA0096.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\User4\Desktop\ДОКУМЕНТЫ\ГОДОВОЙ ПЛАН ЖИГЕР НА 2023-2024\ГД 2023-2024\БУЛЛИНГ\IMG-20240227-WA0096.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <ns5:useLocalDpi xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ns5="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:ns3="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns2="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2356350" cy="3141014"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -1075,259 +697,240 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C7479A" w:rsidRDefault="00C7479A" w:rsidP="00D84D84">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Аягөз Серікқызы </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0013167B">
+        <w:t xml:space="preserve"> Аягоз Сериковна рассказала  о том, что в</w:t>
+      </w:r>
+      <w:r w:rsidR="008D44D4" w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нашем мире много оттенков, не только белое и черное. Поэтому каждый человек имеет положительные и отрицательные черты характера. Но если мы проявляем друг к другу терпимость, чуткость, доброжелательность, нам легко найти общий язык даже с теми, кто не похож на нас.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D44D4" w:rsidRPr="00AF4D6E" w:rsidRDefault="00C7479A" w:rsidP="00D84D84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D44D4" w:rsidRPr="0013167B">
+        <w:t>Подводя итоги тематического часа, можно сказать, что они  всегда будут вести себя достойно,</w:t>
+      </w:r>
+      <w:r w:rsidR="008D44D4" w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чувствовать и понимать что нужно вашему другу, маме, знакомому и просто человеку, который находится рядом с вами, что для него важно, что может его обидеть, в чем он нуждается больше всего. Чтобы преодолеть свои недостатки, надо стать чуточку добрей. В этом вам помогут ваши друзья, родители, учителя, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E31C8B">
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>біздің әлемде ақ пен қараны ғана емес, көптеген реңктер бар</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0013167B">
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E31C8B">
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> екендігі туралы айтты</w:t>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> – кітаптар.</w:t>
+        <w:t xml:space="preserve"> конечно же самое главное </w:t>
+      </w:r>
+      <w:r w:rsidR="008D44D4" w:rsidRPr="00AF4D6E">
+        <w:rPr>
+          <w:color w:val="010101"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – книги.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D44D4" w:rsidRPr="00AF4D6E" w:rsidRDefault="008D44D4" w:rsidP="00AF4D6E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF4D6E">
         <w:rPr>
           <w:color w:val="010101"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008D44D4" w:rsidRPr="00AF4D6E" w:rsidSect="005F7352">
+    <w:sectPr w:rsidR="008D44D4" w:rsidRPr="00AF4D6E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E85CC1"/>
-    <w:rsid w:val="0013167B"/>
     <w:rsid w:val="002A6C61"/>
     <w:rsid w:val="003B3CDD"/>
-    <w:rsid w:val="005F7352"/>
     <w:rsid w:val="008D44D4"/>
     <w:rsid w:val="00AF4D6E"/>
     <w:rsid w:val="00C7479A"/>
     <w:rsid w:val="00D84D84"/>
     <w:rsid w:val="00E31C8B"/>
     <w:rsid w:val="00E85CC1"/>
-    <w:rsid w:val="00ED32C0"/>
     <w:rsid w:val="00F204BA"/>
     <w:rsid w:val="00F90669"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -1441,64 +1044,62 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005F7352"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008D44D4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
@@ -1759,51 +1360,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D84D84"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="501744802">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1177887237">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -1867,51 +1468,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1671328266">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2160,51 +1761,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>277</Words>
-  <Characters>1584</Characters>
+  <Words>280</Words>
+  <Characters>1601</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Krokoz™</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1858</CharactersWithSpaces>
+  <CharactersWithSpaces>1878</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Yandex.Translate</dc:creator>
-  <dc:description>Translated with Yandex.Translate</dc:description>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>User4</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>