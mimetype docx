--- v0 (2025-12-07)
+++ v1 (2026-01-15)
@@ -1,23902 +1,7418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5883"/>
-        <w:gridCol w:w="3836"/>
+        <w:gridCol w:w="5949"/>
+        <w:gridCol w:w="3770"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00522664">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="0066667B">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5883" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00263A57" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00A523D1" w:rsidRDefault="00A523D1" w:rsidP="00A523D1">
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00905F78" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A523D1">
-[...85 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00905F78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00905F78">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00905F78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Критериям оценки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00905F78">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00905F78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организаций образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A523D1" w:rsidRPr="00A523D1" w:rsidRDefault="00A523D1" w:rsidP="00A523D1">
+    <w:p w:rsidR="00905F78" w:rsidRDefault="002B474C" w:rsidP="00905F78">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A523D1">
+      <w:bookmarkStart w:id="0" w:name="z124"/>
+      <w:r w:rsidRPr="00905F78">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Бастауыш</w:t>
-[...151 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Критерии для оценивания деятельности организаций образования, реализующих общеобразовательные учебные программы начального, основного среднего и </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A523D1" w:rsidRPr="00A523D1" w:rsidRDefault="00A523D1" w:rsidP="00A523D1">
+    <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00905F78">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A523D1">
+      <w:r w:rsidRPr="00905F78">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>оқу</w:t>
+        <w:t>общего среднего образования</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...185 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="-978" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="609"/>
         <w:gridCol w:w="4920"/>
         <w:gridCol w:w="3261"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="0072372A" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии оценивания</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="0072372A" w:rsidP="00EA5B09">
-[...16 lines deleted...]
-              <w:t>Өлшеу</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Измерители</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="0072372A" w:rsidP="0072372A">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...22 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Баллы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F66E4" w:rsidRPr="00522664" w:rsidRDefault="0072372A" w:rsidP="002F66E4">
-[...379 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Доля педагогов, имеющих высшее (послевузовское) педагогическое образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>95 - 99 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00905F78" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80 - 94 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00905F78" w:rsidRDefault="00905F78" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00522664">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="0072372A" w:rsidP="0072372A">
-[...45 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее 80 %</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008A5A26">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F66E4" w:rsidRPr="00522664" w:rsidRDefault="002F66E4" w:rsidP="00522664">
-[...352 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="004121EC" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004121EC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Доля педагогов, которые не реже одного раза в пять лет повышали/подтверждали уровень квалификационной категории (в том числе руководителей не реже одного раза в три года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008A5A26">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="004121EC" w:rsidRDefault="002B474C" w:rsidP="00B45849"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008A5A26">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>95 - 99 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidRDefault="004121EC" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="004121EC" w:rsidRDefault="002B474C" w:rsidP="00B45849"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008A5A26">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80 - 94 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="004121EC" w:rsidRDefault="002B474C" w:rsidP="00B45849"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="002F66E4" w:rsidP="00EA5B09">
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008A5A26">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее 80 %</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="002379BB" w:rsidP="00EA5B09">
-[...333 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="004121EC" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004121EC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Доля педагогов, прошедших курсы повышения квалификации педагогов (в том числе руководителей, заместителей руководителя) не реже одного раза в три года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="004121EC" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>95 - 99 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="004121EC" w:rsidRDefault="004121EC" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80 - 94 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="002379BB" w:rsidP="00EA5B09">
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее 80 %</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="002379BB" w:rsidP="00EA5B09">
-[...16 lines deleted...]
-              <w:t>Қазақстан Республикасы Білім Министрінің 2022 жылғы 24 қарашадағы № 473 бұйрығына (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №30721 болып тіркелген) сәйкес бастауыш білім беру деңгейіндегі педагогтердің жалпы санынан лицензиат негізгі жұмыс орны болып табылатын жоғары және бірінші санаттағы педагогтердің, сарапшы-педагогтердің, зерттеуші-педагогтардың, шебер-педагогтардың үлесі)</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Доля педагогов высшей и первой категории, педагогов-экспертов, педагогов-исследователей, педагогов-мастеров, для которых основным местом работы является лицензиат, от общего числа педагогов начального уровня образования в соответствии с приказом Министра просвещения Республики Казахстан от 24 ноября 2022 года № 473 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30721)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002379BB" w:rsidRPr="00522664" w:rsidRDefault="002379BB" w:rsidP="002379BB">
-[...65 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z125"/>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для полнокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные школы, школы-гимназии, школы-лицеи более 45 %, гимназий более 50 %;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для малокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные школы более 30 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4A4A" w:rsidRDefault="00DB4A4A" w:rsidP="00DB4A4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DB4A4A" w:rsidRDefault="00DB4A4A" w:rsidP="00DB4A4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="00DB4A4A" w:rsidP="00DB4A4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20" w:right="127"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="009D3220" w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r w:rsidR="008A5A26" w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% без </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00522664">
-[...205 lines deleted...]
-              <w:t>демалыссыз</w:t>
+            <w:r w:rsidR="008A5A26" w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>декретн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иц</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="002379BB" w:rsidP="00D957AB">
-[...5 lines deleted...]
-              <w:ind w:left="20" w:right="268"/>
+          <w:p w:rsidR="008A5A26" w:rsidRPr="0066667B" w:rsidRDefault="005F5E20" w:rsidP="00DB4A4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20" w:right="-157"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00522664">
-[...38 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidR="00C07A72" w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidR="008A5A26" w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с декретниками</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4A4A">
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D957AB" w:rsidRPr="00522664" w:rsidRDefault="00D957AB" w:rsidP="00D957AB">
-[...580 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z128"/>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для полнокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные школы, школы-гимназии, школы-лицеи от 35 до 44 %, гимназий от 40 до 49 %;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для малокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные школы от 25 до 29 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...428 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z131"/>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для полнокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные школы, школы-гимназии, школы-лицеи от 25 до 34 %, гимназий от 30 до 39 %;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для малокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">общеобразовательные школы от 20 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ұйымдары</w:t>
-[...187 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>до 24 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00290613" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00290613" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00CF66C8">
-[...506 lines deleted...]
-              <w:t xml:space="preserve"> дан аз</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z134"/>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для полнокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные школы, школы-гимназии, школы-лицеи менее 25 %, гимназий менее 30 %;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для малокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные школы менее 20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008A5A26" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...433 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Доля педагогов высшей и первой категории, педагогов-экспертов, педагогов-исследователей, педагогов-мастеров, для которых основным местом работы является лицензиат, от общего числа педагогов основного среднего, общего среднего образования в соответствии с приказом Министра просвещения Республики Казахстан от 24 ноября 2022 года № 473 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30721)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z137"/>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для полнокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для общеобразовательных школ, школ-гимназии, школ-лицеев более 55 %, для лицеев более 60 %, из них доля педагогов естественно-математического направления более 50 %, для гимназий более 60 %, из них доля педагогов общественно-гуманитарного направления более 50 %,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для специализированных организаций образования для одаренных лиц более 65 %, в том числе (при наличии) педагогов, подготовивших победителей районных и/или областных этапов конкурсов и соревнований и/или участников и победителей республиканских конкурсов и соревнований за последние пять лет, утвержденных уполномоченным органом в сфере образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для малокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные школы более 35 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4A4A" w:rsidRDefault="00DB4A4A" w:rsidP="00DB4A4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DB4A4A" w:rsidRDefault="00DB4A4A" w:rsidP="0066667B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F5E20" w:rsidRPr="00A646BD" w:rsidRDefault="00DB4A4A" w:rsidP="0066667B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00522664">
-[...5 lines deleted...]
-              <w:t>р</w:t>
+            <w:r w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="005F5E20" w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Без декретников 54%</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00522664">
-[...210 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="00CC62D0" w:rsidP="0066667B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00522664">
-[...96 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С декретниками </w:t>
+            </w:r>
+            <w:r w:rsidR="005F5E20" w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4A4A" w:rsidRPr="00A646BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-        </w:tc>
-[...1857 lines deleted...]
-              <w:ind w:left="20" w:right="268"/>
+          <w:p w:rsidR="00CC62D0" w:rsidRPr="0066667B" w:rsidRDefault="00CC62D0" w:rsidP="009D3220">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...108 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00CF66C8">
-[...348 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z141"/>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для полнокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные школы, школы-гимназии, школы-лицеи от 45 % до 54 %, лицеи от 50 % до 59 %, из них доля педагогов естественно-математического направления от 40 % до 49 %,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">гимназий от 50 % до 59 %, из них доля педагогов общественно-гуманитарного направления от 40 % до 49 %, специализированные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ішінде</w:t>
-[...1231 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>организации образования для одаренных лиц от 55 % до 64 %, в том числе (при наличии) педагогов, подготовивших победителей районных и/или областных этапов конкурсов и соревнований и/или участников и победителей республиканских конкурсов и соревнований за последние пять лет, утвержденных уполномоченным органом в сфере образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для малокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные школы от 30% до 34 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00CF66C8">
-[...1660 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z145"/>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для полнокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные школы, школы-гимназии, школы-лицеи от 35% до 44 %, лицеи от 40 % до 49 %, из них доля педагогов естественно-математического направления от 30 % до 39 %,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>гимназий от 40 % до 49 %, из них доля педагогов общественно-гуманитарного направления от 30 % до 39 %, специализированные организации образования для одаренных лиц от 45 % до 54 %, в том числе (при наличии) педагогов, подготовивших победителей районных и/или областных этапов конкурсов и соревнований и/или участников и победителей республиканских конкурсов и соревнований за последние пять лет, утвержденных уполномоченным органом в сфере образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для малокомплектных организаций образования:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные школы от 25 до 29 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="0066667B" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z149"/>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Для полнокомплектных организаций образования:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>общеобразовательные школы, школы-гимназии, школы-лицеи менее 35%, лицеи менее 40 %, из них доля педагогов естественно-математического направления менее 30%,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>гимназий менее 40 %, из них доля педагогов общественно-гуманитарного направления менее 30 % , специализированные организации образования для одаренных лиц менее 45 %, в том числе (при наличии) педагогов, подготовивших победителей районных и/или областных этапов конкурсов и соревнований и/или участников и победителей республиканских конкурсов и соревнований за последние пять лет, утвержденных уполномоченным органом в сфере образования;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...15 lines deleted...]
-                <w:szCs w:val="20"/>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Для малокомплектных организаций образования:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>общеобразовательные школы менее 25%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00CF66C8">
-[...1386 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...440 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оснащенность оборудованием и мебелью организаций образования в соответствии с приказом  Министра образования и науки Республики Казахстан от 22 января 2016 года № 70 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13272)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00CC62D0" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>95 - 99 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00CC62D0" w:rsidRDefault="003B604D" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                                                 </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80 - 94 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="00F42AAF" w:rsidRPr="00CC62D0" w:rsidRDefault="00F42AAF" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...24 lines deleted...]
-              <w:t>-дан аз</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее 80 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00CC62D0" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA5B09" w:rsidRPr="00522664" w:rsidRDefault="00EA5B09" w:rsidP="00EA5B09">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0066667B" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Создание условий (пандус, окрашивание </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-              <w:t>Жағдай</w:t>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конт</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00522664">
-[...6 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00522664">
-[...6 lines deleted...]
-              <w:t>жасау</w:t>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>растной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00522664">
-[...1312 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> краской дверей и лестниц) для лиц с особыми образовательными потребностями в зданиях (учебных корпусах) согласно приказу Министра образования и науки Республики Казахстан от 12 января 2022 года № 6 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 26513)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>95 - 99 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00F42AAF" w:rsidRDefault="00F42AAF" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80 - 94 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00522664" w:rsidP="00EA5B09">
-[...23 lines deleted...]
-              <w:t>-дан аз</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...890 lines deleted...]
-              <w:t xml:space="preserve"> № 20708)</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Обеспеченность учебно-методическими комплексами, учебной и художественной литературы для организаций начального, основного среднего и общего образования в соответствии с приказами Министра образования и науки Республики Казахстан от 19 января 2016 года № 44 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13070), от 22 мая 2020 года № 216 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20708)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>95 - 99 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80 - 94 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00522664" w:rsidP="00EA5B09">
-[...23 lines deleted...]
-              <w:t>-дан аз</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...192 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00263A57" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263A57">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Соответствие наполняемости групп (классов) организаций образования (в разрезе групп/классов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="006B5CAB" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>95 - 99 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80 - 94 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="006B5CAB" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00522664" w:rsidP="00EA5B09">
-[...23 lines deleted...]
-              <w:t>-дан аз</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="006B5CAB" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00EA5B09" w:rsidP="00EA5B09">
-[...160 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результаты обучения (оценка качества знаний, умений и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>навыков)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00AA4387">
-[...269 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">по итогам компьютерного тестирования доля положительных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ответов по всем тестируемым направлениям составляет от 85 % до 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00AA4387" w:rsidP="007E040B">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">компьютерлік тестілеу қорытындысы бойынша барлық тестіленетін бағыттар бойынша оң жауаптардың үлесі 65% - дан 84% - ға дейін құрайды </w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по итогам компьютерного тестирования доля положительных ответов по всем тестируемым направлениям составляет от 65 % до 84 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="007E040B">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">компьютерлік тестілеу қорытындысы бойынша барлық тестіленетін бағыттар бойынша оң жауаптардың үлесі 40% - дан 64% - ға дейін құрайды </w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по итогам компьютерного тестирования доля положительных ответов по всем тестируемым направлениям составляет от 40% до 64 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="007E040B">
-[...259 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по итогам компьютерного тестирования доля положительных ответов по всем тестируемым направлениям составляет менее 40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="007E040B" w:rsidP="00EA5B09">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00522664">
-[...5 lines deleted...]
-              <w:t>Білім</w:t>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Анализ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00522664">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00522664">
-[...5 lines deleted...]
-              <w:t>алушылардың</w:t>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>результатов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00522664">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00522664">
-[...5 lines deleted...]
-              <w:t>сауалнама</w:t>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опроса</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00522664">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00522664">
-[...5 lines deleted...]
-              <w:t>нәтижелерін</w:t>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00522664">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...176 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 80 % до 100% респондентов удовлетворены уровнем предоставляемых образовательных услуг</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...62 lines deleted...]
-              <w:t>дейі</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 65% до 79 % респондентов </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00522664">
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>удовлетворены</w:t>
+            </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00522664">
-[...98 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уровнем предоставляемых образовательных услуг</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...174 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 50 % до 64 % респондентов удовлетворены уровнем предоставляемых образовательных услуг</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...79 lines deleted...]
-              <w:t>бі</w:t>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">менее 50 % респондентов </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00522664">
-[...5 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>удовлетворены</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00522664">
-[...73 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уровнем предоставляемых образовательных услуг</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00CF66C8">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00522664">
-[...5 lines deleted...]
-              <w:t>Педагогтердің</w:t>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Анализ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00522664">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00522664">
-[...5 lines deleted...]
-              <w:t>сауалнама</w:t>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>результатов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00522664">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00522664">
-[...5 lines deleted...]
-              <w:t>нәтижелерін</w:t>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опроса</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00522664">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00522664">
-[...5 lines deleted...]
-              <w:t>талдау</w:t>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...216 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 80 % до 100% респондентов удовлетворены уровнем создания условий для качественного обучения и воспитания</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...198 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 65% до 79 % респондентов удовлетворены уровнем создания условий для качественного обучения и воспитания</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...217 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 50 % до 64 % респондентов удовлетворены уровнем создания условий для качественного обучения и воспитания</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...200 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">менее 50 % респондентов удовлетворены уровнем создания условий для качественного обучения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>и воспитания</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="0066667B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...9 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...140 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Анализ результатов опроса родителей (законных представителей) </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...169 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 80 % до 100% респондентов удовлетворены уровнем подготовки обучающихся</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...167 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 65% до 79 % респондентов удовлетворены уровнем подготовки обучающихся</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="0066667B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...169 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 50 % до 64 % респондентов удовлетворены уровнем подготовки обучающихся</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidTr="00EA5B09">
+      <w:tr w:rsidR="002B474C" w:rsidRPr="008839EB" w:rsidTr="00A646BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="0066667B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00EA5B09">
-[...134 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B474C" w:rsidRPr="00DB4A4A" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB4A4A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>менее 50 % респондентов удовлетворены уровнем подготовки обучающихся</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A523D1" w:rsidRPr="00522664" w:rsidRDefault="00A523D1" w:rsidP="00EA5B09">
+          <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="00DB4A4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A523D1" w:rsidRPr="007E040B" w:rsidRDefault="00A523D1" w:rsidP="00A523D1">
+    <w:p w:rsidR="001E36DA" w:rsidRDefault="002B474C" w:rsidP="001E36DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z153"/>
       <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A523D1" w:rsidRPr="007E040B" w:rsidRDefault="00A523D1" w:rsidP="00A523D1">
+    <w:p w:rsidR="001E36DA" w:rsidRDefault="001E36DA" w:rsidP="00B45849">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w:rsidR="00A523D1" w:rsidRPr="007E040B" w:rsidRDefault="00A523D1" w:rsidP="00A523D1">
+    <w:p w:rsidR="001E36DA" w:rsidRPr="00A646BD" w:rsidRDefault="001E36DA" w:rsidP="00B45849">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF66C8" w:rsidRPr="00522664" w:rsidRDefault="00CF66C8" w:rsidP="00CF66C8">
+    <w:p w:rsidR="002B474C" w:rsidRPr="00A646BD" w:rsidRDefault="002B474C" w:rsidP="00B45849">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CF66C8">
+      <w:r w:rsidRPr="00A646BD">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Бі</w:t>
+        <w:t>Руководитель организации образования _______________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CF66C8">
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="002B474C" w:rsidRPr="00B45849" w:rsidRDefault="002B474C" w:rsidP="00B45849">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>л</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CF66C8">
+      <w:r w:rsidRPr="00B45849">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ім</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00522664">
+      <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF66C8">
+      <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>беру</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00522664">
+      <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>     </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CF66C8">
+      <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ұйымының</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00522664">
+      <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>     </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CF66C8">
+      <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>басшысы</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00522664">
+      <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> _______________________________________</w:t>
+        <w:t>     </w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00CF66C8">
+      <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Тегі</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00CF66C8">
+      <w:r w:rsidR="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Аты</w:t>
+        <w:t xml:space="preserve">                                    </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00522664">
+      <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>     </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CF66C8">
+      <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Әкесінің</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CF66C8">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B45849">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>аты</w:t>
+        <w:t>(Фамилия, имя, отчество (при наличии) (подпись)</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00522664">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0088220B" w:rsidRPr="00B45849" w:rsidRDefault="0088220B" w:rsidP="00B45849">
+      <w:pPr>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>бар</w:t>
-[...43 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0088220B" w:rsidRPr="00522664" w:rsidSect="00DB53E2">
+    <w:sectPr w:rsidR="0088220B" w:rsidRPr="00B45849">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:altName w:val="Arial"/>
-    <w:charset w:val="00"/>
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002B474C"/>
-    <w:rsid w:val="00167AAF"/>
     <w:rsid w:val="001C605B"/>
-    <w:rsid w:val="001D5A4B"/>
     <w:rsid w:val="001E36DA"/>
-    <w:rsid w:val="002379BB"/>
     <w:rsid w:val="00290613"/>
     <w:rsid w:val="002B474C"/>
-    <w:rsid w:val="002F66E4"/>
     <w:rsid w:val="003865BF"/>
     <w:rsid w:val="003B604D"/>
     <w:rsid w:val="004121EC"/>
-    <w:rsid w:val="004C6003"/>
-    <w:rsid w:val="00522664"/>
     <w:rsid w:val="0053303B"/>
     <w:rsid w:val="005F5E20"/>
     <w:rsid w:val="0066667B"/>
     <w:rsid w:val="006B5CAB"/>
-    <w:rsid w:val="0072372A"/>
     <w:rsid w:val="007632AA"/>
-    <w:rsid w:val="007E040B"/>
     <w:rsid w:val="00804F47"/>
     <w:rsid w:val="00861FA9"/>
     <w:rsid w:val="0088220B"/>
     <w:rsid w:val="008839EB"/>
     <w:rsid w:val="008A5A26"/>
     <w:rsid w:val="00905F78"/>
     <w:rsid w:val="009D3220"/>
-    <w:rsid w:val="00A523D1"/>
     <w:rsid w:val="00A646BD"/>
-    <w:rsid w:val="00AA4387"/>
     <w:rsid w:val="00B45849"/>
     <w:rsid w:val="00BF277B"/>
     <w:rsid w:val="00C07A72"/>
     <w:rsid w:val="00CC62D0"/>
-    <w:rsid w:val="00CF66C8"/>
-    <w:rsid w:val="00D957AB"/>
     <w:rsid w:val="00DB4A4A"/>
-    <w:rsid w:val="00DB53E2"/>
     <w:rsid w:val="00E10423"/>
-    <w:rsid w:val="00EA5B09"/>
     <w:rsid w:val="00F42AAF"/>
-    <w:rsid w:val="00FA5912"/>
     <w:rsid w:val="00FC3E9E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -24029,95 +7545,276 @@
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002B474C"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="002B474C"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -24331,83 +8028,76 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>9195</Characters>
+  <Pages>1</Pages>
+  <Words>1389</Words>
+  <Characters>7919</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>76</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>65</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10787</CharactersWithSpaces>
+  <CharactersWithSpaces>9290</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Сула</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>