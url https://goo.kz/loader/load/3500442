--- v0 (2025-12-06)
+++ v1 (2025-12-20)
@@ -1,1008 +1,1396 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00BA65FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00BA65FF" w:rsidP="00711A0A">
+    <w:p w:rsidR="00BA65FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00BA65FF" w:rsidP="004B244F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRPr="004B244F" w:rsidRDefault="00711A0A" w:rsidP="00ED5CEC">
+    <w:p w:rsidR="00C363E3" w:rsidRPr="004B244F" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B244F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="27"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> білім беру мектебі» КММ бойынша</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A16DBB" w:rsidRPr="004B244F" w:rsidRDefault="00A11340" w:rsidP="00711A0A">
+    <w:p w:rsidR="00C363E3" w:rsidRPr="004B244F" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B244F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="27"/>
-[...23 lines deleted...]
-        <w:t>лауазымдарына</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="0074089D" w:rsidRPr="004B244F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B244F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантных должностей педагогов </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRPr="004B244F" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+    <w:p w:rsidR="00C363E3" w:rsidRPr="004B244F" w:rsidRDefault="00C363E3" w:rsidP="009D667D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B244F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="27"/>
-[...13 lines deleted...]
-        <w:t>нәтижесі</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B244F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009D667D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Основная общеобразовательная школа №38</w:t>
+      </w:r>
+      <w:r w:rsidR="00F029EE" w:rsidRPr="004B244F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B244F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B244F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B244F" w:rsidRPr="00BA65FF" w:rsidRDefault="004B244F" w:rsidP="0094391B">
+    <w:p w:rsidR="0094391B" w:rsidRPr="00BA65FF" w:rsidRDefault="0094391B" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B244F" w:rsidRDefault="004B244F" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC109A" w:rsidRDefault="00AC109A" w:rsidP="00AC109A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6467"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с отсутствием кандидатов, уча</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ствовавших </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(подавших документы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC109A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя математики  со смешанным языком обучения  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>призн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC109A" w:rsidRPr="00AE13EC" w:rsidRDefault="00AC109A" w:rsidP="00AC109A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6467"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC109A" w:rsidRDefault="00AC109A" w:rsidP="00AC109A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с отсутствием кандидатов, уча</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ствовавших </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(подавших документы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантной должности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учителя физики</w:t>
+      </w:r>
+      <w:r w:rsidR="002031D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> со смешанным языком обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>призн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D1649" w:rsidRPr="00AE13EC" w:rsidRDefault="001D1649" w:rsidP="00AC109A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC109A" w:rsidRPr="00AE13EC" w:rsidRDefault="00AC109A" w:rsidP="00AC109A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с отсутствием кандидатов, уча</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ствовавших </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(подавших документы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75DB8" w:rsidRPr="00B75DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя начальных классов с казахским языком обучения  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>призн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B0FB7" w:rsidRDefault="005B0FB7" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D5B9F" w:rsidRPr="00AE13EC" w:rsidRDefault="003D5B9F" w:rsidP="003D5B9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с отсутствием кандидатов, уча</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ствовавших </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(подавших документы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C83" w:rsidRPr="00A66C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">начальных классов с русским языком обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>призн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D5B9F" w:rsidRPr="00AE13EC" w:rsidRDefault="003D5B9F" w:rsidP="003D5B9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0076185A" w:rsidRDefault="0076185A" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED5CEC" w:rsidRDefault="00ED5CEC" w:rsidP="0094391B">
+    <w:p w:rsidR="0094391B" w:rsidRPr="004B244F" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004B244F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B400C6" w:rsidRDefault="00B400C6" w:rsidP="00B400C6">
-[...624 lines deleted...]
-    <w:p w:rsidR="00FE76CB" w:rsidRDefault="00FE76CB" w:rsidP="00FE76CB">
+    <w:p w:rsidR="0094391B" w:rsidRPr="004B244F" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004B244F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B244F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="006F4342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B244F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00A046BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сейфулла Д.С.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00ED5CEC" w:rsidRPr="00BA65FF" w:rsidRDefault="00ED5CEC" w:rsidP="0094391B">
+    <w:p w:rsidR="005D5FCC" w:rsidRDefault="005D5FCC" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRPr="004B244F" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+    <w:p w:rsidR="000E134E" w:rsidRDefault="000E134E" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B244F">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRPr="009263BA" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+    <w:p w:rsidR="0094391B" w:rsidRPr="00AE2142" w:rsidRDefault="00A046BC" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">хатшысы                                                  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007C452F" w:rsidRPr="009263BA">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                      </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009263BA">
+        <w:t>07  марта</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">          </w:t>
-[...9 lines deleted...]
-        <w:t>С.Д.Сейфулла</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="0094391B" w:rsidRPr="00AE2142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7DE0" w:rsidRPr="009263BA" w:rsidRDefault="0094391B" w:rsidP="00C709E5">
-[...62 lines deleted...]
-    <w:sectPr w:rsidR="005D7DE0" w:rsidRPr="009263BA" w:rsidSect="004B244F">
+    <w:sectPr w:rsidR="0094391B" w:rsidRPr="00AE2142" w:rsidSect="004B244F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1097,129 +1485,123 @@
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="75"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="0090705F"/>
-    <w:rsid w:val="00030254"/>
+    <w:rsid w:val="000C0885"/>
+    <w:rsid w:val="000D0461"/>
+    <w:rsid w:val="000E134E"/>
     <w:rsid w:val="00113FCF"/>
     <w:rsid w:val="00154C33"/>
-    <w:rsid w:val="001E6710"/>
+    <w:rsid w:val="001D1649"/>
+    <w:rsid w:val="002031D0"/>
     <w:rsid w:val="00260DF1"/>
-    <w:rsid w:val="002714B9"/>
-[...4 lines deleted...]
-    <w:rsid w:val="003B7F4F"/>
+    <w:rsid w:val="00277D7F"/>
+    <w:rsid w:val="003C4191"/>
+    <w:rsid w:val="003D222B"/>
+    <w:rsid w:val="003D5B9F"/>
+    <w:rsid w:val="003F0F21"/>
     <w:rsid w:val="00404AFB"/>
-    <w:rsid w:val="00404D3E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004952E4"/>
     <w:rsid w:val="004B244F"/>
-    <w:rsid w:val="004E443D"/>
+    <w:rsid w:val="00504CB9"/>
     <w:rsid w:val="00570347"/>
-    <w:rsid w:val="0058234B"/>
-[...6 lines deleted...]
-    <w:rsid w:val="006E18F1"/>
+    <w:rsid w:val="005A1A8C"/>
+    <w:rsid w:val="005B0FB7"/>
+    <w:rsid w:val="005C681E"/>
+    <w:rsid w:val="005D5FCC"/>
+    <w:rsid w:val="00682644"/>
+    <w:rsid w:val="006F0CAA"/>
+    <w:rsid w:val="006F4342"/>
     <w:rsid w:val="00711A0A"/>
-    <w:rsid w:val="0072331F"/>
     <w:rsid w:val="00727830"/>
     <w:rsid w:val="00737477"/>
     <w:rsid w:val="0074089D"/>
+    <w:rsid w:val="0076185A"/>
     <w:rsid w:val="00794310"/>
     <w:rsid w:val="007957B1"/>
-    <w:rsid w:val="007C452F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00827A94"/>
+    <w:rsid w:val="007C643D"/>
     <w:rsid w:val="00833E3D"/>
-    <w:rsid w:val="00876F69"/>
-    <w:rsid w:val="008A5801"/>
     <w:rsid w:val="008A77C8"/>
     <w:rsid w:val="008B0E33"/>
     <w:rsid w:val="0090705F"/>
-    <w:rsid w:val="009263BA"/>
     <w:rsid w:val="00926690"/>
     <w:rsid w:val="0094391B"/>
+    <w:rsid w:val="009519C6"/>
     <w:rsid w:val="00967565"/>
+    <w:rsid w:val="009D0A17"/>
+    <w:rsid w:val="009D667D"/>
     <w:rsid w:val="009D6FA9"/>
+    <w:rsid w:val="00A046BC"/>
     <w:rsid w:val="00A11340"/>
     <w:rsid w:val="00A16DBB"/>
-    <w:rsid w:val="00A36C70"/>
+    <w:rsid w:val="00A33B93"/>
     <w:rsid w:val="00A42D80"/>
-    <w:rsid w:val="00A80FC5"/>
+    <w:rsid w:val="00A66C83"/>
     <w:rsid w:val="00AA268F"/>
-    <w:rsid w:val="00AD0F0C"/>
+    <w:rsid w:val="00AC109A"/>
+    <w:rsid w:val="00AD6E41"/>
     <w:rsid w:val="00AE2142"/>
-    <w:rsid w:val="00B2412A"/>
+    <w:rsid w:val="00B153FC"/>
+    <w:rsid w:val="00B27B24"/>
     <w:rsid w:val="00B3099C"/>
-    <w:rsid w:val="00B400C6"/>
+    <w:rsid w:val="00B44788"/>
     <w:rsid w:val="00B6329A"/>
-    <w:rsid w:val="00B74A90"/>
+    <w:rsid w:val="00B75DB8"/>
     <w:rsid w:val="00BA65FF"/>
     <w:rsid w:val="00C363E3"/>
-    <w:rsid w:val="00C709E5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D475B6"/>
+    <w:rsid w:val="00C66B83"/>
+    <w:rsid w:val="00D872DE"/>
     <w:rsid w:val="00DE78FB"/>
-    <w:rsid w:val="00DF126E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED5CEC"/>
+    <w:rsid w:val="00E1245E"/>
+    <w:rsid w:val="00E3453C"/>
+    <w:rsid w:val="00E83375"/>
+    <w:rsid w:val="00EA482A"/>
+    <w:rsid w:val="00EB4349"/>
     <w:rsid w:val="00F029EE"/>
-    <w:rsid w:val="00F36801"/>
     <w:rsid w:val="00F46589"/>
-    <w:rsid w:val="00F5425F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FE76CB"/>
+    <w:rsid w:val="00F56023"/>
+    <w:rsid w:val="00FA657B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="11266"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1362,51 +1744,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00382576"/>
+    <w:rsid w:val="007C643D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -1960,70 +2342,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>155</Words>
-  <Characters>889</Characters>
+  <Words>151</Words>
+  <Characters>866</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1042</CharactersWithSpaces>
+  <CharactersWithSpaces>1015</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>