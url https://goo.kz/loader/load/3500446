--- v0 (2025-12-16)
+++ v1 (2025-12-18)
@@ -1,11658 +1,13301 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00C65762" w:rsidRPr="00B4534D" w:rsidRDefault="00B531BC" w:rsidP="00B4534D">
+    <w:p w:rsidR="00D4457F" w:rsidRDefault="00097EC8" w:rsidP="00D4457F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы білім беру бөлімінің  «Павлодар қаласының №57 сәбилер бақшасы-көптілде тәрбиелеу орталығы» коммуналдық мемлекеттік қазыналық кәсіпорын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...50 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...37 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B4534D" w:rsidRDefault="00B531BC" w:rsidP="00B4534D">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B4534D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B4534D" w:rsidRPr="00B4534D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі қызметкердің декреттік демалыс кезеңіне м</w:t>
+      </w:r>
+      <w:r w:rsidR="00323260">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00DA4677">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік тілде оқытылатын тәрбиешінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4457F" w:rsidRPr="00D4457F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">временно </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B4534D" w:rsidRPr="00B4534D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B4534D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уақытша </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4457F" w:rsidRPr="00D4457F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DA4677">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4457F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">воспитателя  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D20033" w:rsidRPr="00B4534D">
+        <w:t xml:space="preserve"> лауазымына орналасуға </w:t>
+      </w:r>
+      <w:r w:rsidR="000A694D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>с</w:t>
-[...70 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ашық конкурс жариялайды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11809" w:type="dxa"/>
-        <w:tblInd w:w="-318" w:type="dxa"/>
+        <w:tblW w:w="10940" w:type="dxa"/>
+        <w:tblInd w:w="-1193" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="438"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1416"/>
+        <w:gridCol w:w="394"/>
+        <w:gridCol w:w="1289"/>
+        <w:gridCol w:w="1052"/>
+        <w:gridCol w:w="1183"/>
+        <w:gridCol w:w="1184"/>
+        <w:gridCol w:w="1447"/>
+        <w:gridCol w:w="1448"/>
+        <w:gridCol w:w="1447"/>
+        <w:gridCol w:w="1496"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidTr="006471D3">
+      <w:tr w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidTr="00F426FD">
         <w:trPr>
-          <w:trHeight w:val="1346"/>
+          <w:trHeight w:val="1500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcW w:w="1289" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Вакантная</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve">Бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>должность</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D4457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="1052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Объем</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Жүктеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>нагрузки</w:t>
-            </w:r>
+              <w:t>көлемі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1156" w:type="dxa"/>
+            <w:tcW w:w="1183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B4534D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оқытылу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D4457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D4457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcW w:w="1184" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Адрес ДО</w:t>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve">МДҰ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...67 lines deleted...]
-            </w:r>
+              <w:t>мекен-жайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Размер должностного оклада</w:t>
-            </w:r>
+              <w:t>Байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D4457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D4457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D4457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адресі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcW w:w="1448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D4457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурстың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D4457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D4457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D4457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жалақының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D4457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D4457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көлемі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+          <w:p w:rsidR="00F426FD" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00F426FD" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...16 lines deleted...]
-              <w:t>срок</w:t>
+              <w:t>мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidTr="006471D3">
+      <w:tr w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidTr="00F426FD">
         <w:trPr>
-          <w:trHeight w:val="272"/>
+          <w:trHeight w:val="303"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcW w:w="1289" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="1052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1156" w:type="dxa"/>
+            <w:tcW w:w="1183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcW w:w="1184" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2232" w:type="dxa"/>
+            <w:tcW w:w="1447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
+            <w:tcW w:w="1448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcW w:w="1496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB1F54" w:rsidRPr="00B4534D" w:rsidTr="006471D3">
+      <w:tr w:rsidR="00F426FD" w:rsidRPr="0053397E" w:rsidTr="00F426FD">
         <w:trPr>
-          <w:trHeight w:val="816"/>
+          <w:trHeight w:val="909"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BB1F54" w:rsidRPr="00B4534D" w:rsidRDefault="00BB1F54" w:rsidP="00BB1F54">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4534D">
+            <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcW w:w="1289" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BB1F54" w:rsidRPr="00B4534D" w:rsidRDefault="00BB1F54" w:rsidP="00BB1F54">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Воспитатель</w:t>
+              <w:t>Тәрбиеші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="1052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BB1F54" w:rsidRPr="00B4534D" w:rsidRDefault="00BB1F54" w:rsidP="00BB1F54">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1156" w:type="dxa"/>
+            <w:tcW w:w="1183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BB1F54" w:rsidRPr="00B4534D" w:rsidRDefault="00BB1F54" w:rsidP="00BB1F54">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>казахский</w:t>
+              <w:t>қазақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcW w:w="1184" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BB1F54" w:rsidRPr="00B4534D" w:rsidRDefault="00BB1F54" w:rsidP="00BB1F54">
-            <w:pPr>
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00323260" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> Мусы, стр. 4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодар қаласы, Жаяу Мұса к.,4 құрылыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2232" w:type="dxa"/>
+            <w:tcW w:w="1447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006471D3" w:rsidRDefault="006471D3" w:rsidP="00BB1F54">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="0053397E" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>22-77-11</w:t>
             </w:r>
-            <w:r w:rsidR="00BB1F54">
+            <w:r w:rsidR="00F426FD" w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BB1F54" w:rsidRPr="00D4457F" w:rsidRDefault="00BB1F54" w:rsidP="00BB1F54">
+              <w:t>, 87772070691</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>э/п:sad57@</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BB1F54" w:rsidRPr="00323260" w:rsidRDefault="00BB1F54" w:rsidP="00BB1F54">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00323260" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4457F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
+            <w:tcW w:w="1448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BB1F54" w:rsidRPr="00D4457F" w:rsidRDefault="00FD7DA1" w:rsidP="00BB1F54">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00F50688" w:rsidRDefault="0053397E" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>11.03</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0046043C">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>.2024</w:t>
-[...9 lines deleted...]
-            <w:r>
+              <w:t>11.03</w:t>
+            </w:r>
+            <w:r w:rsidR="00F50688">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>19</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000841DC">
+              <w:t>.2024</w:t>
+            </w:r>
+            <w:r w:rsidR="00F426FD" w:rsidRPr="00133522">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>.03</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008F77D6">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>.2024</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BB1F54" w:rsidRPr="00D4457F" w:rsidRDefault="00BB1F54" w:rsidP="00BB1F54">
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00973967">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.03</w:t>
+            </w:r>
+            <w:r w:rsidR="00144B2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00144B2D" w:rsidRPr="00F50688">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00133522" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BB1F54" w:rsidRPr="00323260" w:rsidRDefault="00BB1F54" w:rsidP="00BB1F54">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00323260" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>161,000</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D4457F">
-[...7 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00133522">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>-171,000</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BB1F54" w:rsidRPr="00D4457F" w:rsidRDefault="00BB1F54" w:rsidP="00BB1F54">
+          <w:p w:rsidR="00F426FD" w:rsidRPr="00133522" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcW w:w="1496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB1F54" w:rsidRDefault="00BB1F54" w:rsidP="00BB1F54">
+          <w:p w:rsidR="00F426FD" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BB1F54" w:rsidRDefault="00BB1F54" w:rsidP="00BB1F54">
+          <w:p w:rsidR="00F426FD" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BB1F54" w:rsidRDefault="00BB1F54" w:rsidP="00BB1F54">
+          <w:p w:rsidR="00F426FD" w:rsidRDefault="005A2283" w:rsidP="00D4457F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>01.06</w:t>
+            </w:r>
+            <w:r w:rsidR="00C7560E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>До</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>.2024</w:t>
+            </w:r>
+            <w:r w:rsidR="00F426FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...14 lines deleted...]
-              <w:t>.2024 г.</w:t>
+              <w:t xml:space="preserve"> ж. дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B4534D" w:rsidRPr="00B531BC" w:rsidRDefault="00B4534D" w:rsidP="00B531BC">
+    <w:p w:rsidR="00D4457F" w:rsidRPr="00097EC8" w:rsidRDefault="00D4457F" w:rsidP="00097EC8">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 2012  жылғы 21 ақпандағы  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының педагог лауазымына орналасуға конкурс өткізу тәртібі туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» бұйрығы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурстың өткізілетін күні мен орны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0053397E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">         </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+        <w:t>11.03</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50688">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80FF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>занятие</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0053397E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00973967">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.03</w:t>
+      </w:r>
+      <w:r w:rsidR="00144B2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2024ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00A970D0" w:rsidRPr="00A970D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A970D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы, Жаяу Мұса көшесі, 4 құрылыс</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс кезеңдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) конкурс өткізу туралы хабарландыруды жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) конкурсқа қатысуға ниет білдірген адамдардан құжаттарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерлердің құжаттарының педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкестігін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4 конкурстық комиссиясыны отырысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00323260" w:rsidRDefault="00097EC8" w:rsidP="00323260">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысуға өтінімдерді берудің мерзімі мен орны: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00FD7DA1">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұқаралық ақпарат құралдарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="0046043C">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хабарландыру шыққан күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.2024</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001844E8">
+        <w:t xml:space="preserve"> бос лауазымға орналасуға құжаттар Павлодар қаласы, Жаяу Мұса көшесі, 4 құрылыс «Павлодар қаласы №57 сәбилер бақшасы» КМҚК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD7DA1">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қабылданады (электрондық пошта  арқылы немесе қағаз түрінде)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>19</w:t>
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> 4</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00323260" w:rsidRDefault="00323260" w:rsidP="00323260">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73DDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Біліктілік талаптары: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптар қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00323260" w:rsidRDefault="00323260" w:rsidP="00323260">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Этапы конкурса:</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Балалардың денсаулығын сақтау мен қорғау қызметін қамтамасыз етеді: тәрби</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еші қызметінің денсаулық сақтау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">функциясын атқарады. Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талабына, жас ерекшелік топтарының үлгілік оқыту жоспары бойынша оқу қызметінің кестесіне сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>педагогикалық процесті жүзеге асырады, пәндік-дамытушылық ортаны қалыптастырады, балалардың шығармашылығына (ойындық, танымдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қозғалыс, көркемөнер, еңбекке баулу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және т.б.) жетекшілік етеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалармен жұмыс істеу кезінде жекелей және бағыттық жағынан қарайды. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбиелеудің инновациялық технологиясын және оқытудың отандық және шетелдік ғылыми-зерттеу жұмыстарының, авторлық шығармалардың негізінде педагогикалық қызметтің жаңа бағыттарын зерделеумен және оны жұмыс барысында қолданумен шұғылданады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналардың мектепке дейінгі бала тәрбиесі мен оқыту барысында туындаған сұрақтарына жауап беріп, көмек көрсетеді. Балалардың құқықтары мен қызығушылықтарын қорғайды. Компьютерлік сауаттылықты және ақпараттық-коммуникациялық құзыреттілікті жақсы меңгереді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымдық жалақының мөлшері </w:t>
+      </w:r>
+      <w:r w:rsidR="00323260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбек өтіліне , біліміне байланысты  </w:t>
+      </w:r>
+      <w:r w:rsidR="00323260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>161,000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6232">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00323260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>171,000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> теңгеге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1)осы Қағидаларға </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2283">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="005A2283" w:rsidRPr="005A2283">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V1200007495" \l "z228" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005A2283">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2283">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="005A2283" w:rsidRPr="005A2283">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V2000021579" \l "z2" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005A2283">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="009914CE">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) сертификаттаудан өту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сертификат </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немесе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагог-модератордан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>төмен емес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданыстағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бар болса);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="009914CE">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе; </w:t>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="009914CE">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">3)рассмотрение документов кандидатов на соответствие квалификационным требованиям, утверждёнными Типовыми квалификационными характеристикам педагогов; </w:t>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="009914CE">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t>4) заседании конкурсной комиссии.</w:t>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағалау парағы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
-[...147 lines deleted...]
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="009914CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...204 lines deleted...]
-      <w:r w:rsidR="00E774CD">
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B4534D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кандидаттың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...62 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бейнепрезентациясы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
-[...1062 lines deleted...]
-    <w:p w:rsidR="006471D3" w:rsidRDefault="00B531BC" w:rsidP="00C65762">
+    <w:p w:rsidR="00A970D0" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00A970D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00734337">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ақпаратты нақтылау үшін байланыс телефондары: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734337">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8 (7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734337">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00133522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22-77-11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61725">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734337">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734337">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық мекенжайы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734337">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A970D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...34 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>sad</w:t>
+      </w:r>
+      <w:r w:rsidR="00A970D0" w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r w:rsidR="00C65762">
+        <w:t>57@</w:t>
+      </w:r>
+      <w:r w:rsidR="00A970D0" w:rsidRPr="00A970D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>sad57@goo.edu.kz)</w:t>
+        <w:t>goo.edu.kz</w:t>
+      </w:r>
+      <w:r w:rsidR="00A970D0" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C65762" w:rsidRDefault="00C65762" w:rsidP="00C65762">
+    <w:p w:rsidR="00A970D0" w:rsidRPr="00097EC8" w:rsidRDefault="00A970D0" w:rsidP="00A970D0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00C65762" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
-[...602 lines deleted...]
-    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="00D4457F" w:rsidRDefault="00D4457F" w:rsidP="00D4457F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A9353D" w:rsidRPr="001048CA" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...32 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00A9353D" w:rsidRPr="001048CA" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
-[...46 lines deleted...]
-    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="009914CE" w:rsidRPr="00097EC8" w:rsidRDefault="009914CE" w:rsidP="00097EC8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...9 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік білім беру </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...9 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>(должность, место работы)</w:t>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтерін </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...1 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                 10-қосымша    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                       Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5970"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F34BD69" wp14:editId="55536377">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4841875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>142240</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1779905" cy="1270"/>
+                <wp:effectExtent l="12700" t="8255" r="7620" b="9525"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="9" name="Полилиния 9"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1779905" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 7625 7625"/>
+                            <a:gd name="T1" fmla="*/ T0 w 2803"/>
+                            <a:gd name="T2" fmla="+- 0 10427 7625"/>
+                            <a:gd name="T3" fmla="*/ T2 w 2803"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="2803">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2802" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="5085">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="03665A2E" id="Полилиния 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd6k6xEQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMhxgJUkCJdl93P3bfdg/u+3338PMLGto8VaUeQfhteaOsUl1ey+SDBod35LEL&#10;DTFoWb2RFPDI2kiXm22qCrsTVKOtK8HdvgRsa1ACL4N+fzj0uxgl4AvCvquQR0bt3mStzSsmHQ7Z&#10;XGtTF5CC5dJPGxELKHZacKjlyw7yUb8Xdt2jKfg+LGjDXnho4aMKhQP//DQobIMcVuBHYf+3YOdt&#10;nAULD8BAwKqlSLKWdbIVDW2wELEd47tElVLbBC2AXJshQIAgK/EPsXD2aWy9pzlCQSucNoHCCJpg&#10;WcstibHM7BHWRFWMXS7si0Ju2EI6lzkpHRzy6OXiMAq2Q+YOWNVu2GEPgHtTG+5Qy/WgtELOc85d&#10;bbmwVLr+oOtyoyXPqXVaNlqtlhOu0IbY9nYfKwbAjsKUXAvqwDJG6KyxDcl5bUM8d7mFW9ikwN5H&#10;17+fhv5wNpgNok4U9madyJ9OO1fzSdTpzYN+d3o+nUymwWdLLYhGWU4pE5ZdO0uC6O96tZlq9RTY&#10;T5MjFUdi5+7zVKx3TMPlArS0v3Wu2xate3op6R20q5L1cIRhDkYm1T1GFQzGGOuPa6IYRvy1gMkz&#10;DKLITlK3iLr9EBbq0LM89BCRAFSMDYYLbs2JqafvulT5KoOTAldWIa9gTKS57Wc3T2pWzQKGn1PQ&#10;DGo7XQ/XLurx72T8CwAA//8DAFBLAwQUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwlGgOVplOFAIkjG0gcvcZrC41T1dlWeHrSExxtf/r9/cV6&#10;8r060ihdYAvXiwwUcR1cx42Ft+3T1R0oicgO+8Bk4ZsE1uX5WYG5Cyd+peMmNiqFsORooY1xyLWW&#10;uiWPsggDcbrtw+gxpnFstBvxlMJ9r02WrbTHjtOHFgd6aKn+2hy8hef3zr0I7SvG+Gl+HiuZ5KO2&#10;9vJiqu5BRZriHwyzflKHMjntwoGdqN7C7crcJNSCMUtQM5AtTSqzmzcr0GWh/1cofwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBd6k6xEQMAAJYGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBfiFA+3AAAAAoBAAAPAAAAAAAAAAAAAAAAAGsFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00ED055D" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00ED055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00ED055D" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...2 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жариялаған</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00ED055D" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B1BA05F" wp14:editId="6DE45C0A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>800100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>215265</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6041390" cy="1270"/>
+                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="8" name="Полилиния 8"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6041390" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9514"/>
+                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9514"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9514">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9513" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5C34C038" id="Полилиния 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgishvDgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QBu7DQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKWm48z48/fNeKaXV7uCoy1TOpcixkHX&#10;x4iJRNJcrGP8frnoDDHShghKuBQsxvdM46vJ82eXVTlmocwkp0whABF6XJUxzowpx56nk4wVRHdl&#10;yQQ4U6kKYmCp1h5VpAL0gnuh7/e9SipaKpkwreHtrHbiicNPU5aYd2mqmUE8xsDNuKdyz5V9epNL&#10;Ml4rUmZ50tAg/8CiILmAQw9QM2II2qj8CVSRJ0pqmZpuIgtPpmmeMKcB1AT+mZq7jJTMaYHk6PKQ&#10;Jv3/YJO321uFchpjKJQgBZRo/23/c/99/+C+P/YPv76ioc1TVeoxhN+Vt8oq1eWNTD5ocHgnHrvQ&#10;EINW1RtJAY9sjHS52aWqsDtBNdq5EtwfSsB2BiXwsu9HQW8ElUrAF4QDVyGPjNu9yUabV0w6HLK9&#10;0aYuIAXLpZ82IpYAkRYcavmyg3wUhP360RT8EBa0YS88tPRRhUYXQXQeFLZBNZY/GPQc4nlcr42z&#10;YOERGAhYtxRJ1rJOdqKhDRYitmN8l6hSapugJZBrMwQIEGQl/iEWzj6Prfc0RyhohfMmUBhBE6xq&#10;GSUxlpk9wpqoirHLhX1RyC1bSucyZ6WDQx69XBxHwfZTVrUbdtgD4N7UhjvUcj0qrZCLnHNXWy4s&#10;lUHgD1xutOQ5tU7LRqv1asoV2hLb3u5jxQDYSZiSG0EdWMYInTe2ITmvbYjnLrdwC5sU2Pvo+vfz&#10;yB/Nh/Nh1InC/rwT+bNZ53oxjTr9RTC4mPVm0+ks+GKpBdE4yyllwrJrZ0kQ/V2vNlOtngKHaXKi&#10;4kTswn2eivVOabhcgJb2t85126J1T68kvYd2VbIejjDMwcik+oRRBYMxxvrjhiiGEX8tYPKMgiiy&#10;k9QtootBCAt17Fkde4hIACrGBsMFt+bU1NN3U6p8ncFJgSurkNcwJtLc9rObJzWrZgHDzyloBrWd&#10;rsdrF/X4dzL5DQAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J1oNt&#10;xZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYulTIU&#10;NVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0ZNO9G&#10;6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAoIrIbw4DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABoBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CABCB77" wp14:editId="15A97A5C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>800100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>229870</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6041390" cy="1270"/>
+                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="7" name="Полилиния 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6041390" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9514"/>
+                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9514"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9514">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9513" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3EC5B76B" id="Полилиния 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkiKBgDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBMcYcVJBiXbfdj9333cP9vtj9/DrK4pNnppajSD8rr6VRqmqbwT9oMDhHXnM&#10;QkEMWjZvRAp4ZK2Fzc02k5XZCarR1pbgfl8CttWIwsuBHwX9IVSKgi8IY1shj4y6vXSt9CsmLA7Z&#10;3CjtCpiCZdOftiIWAJFVJdTyZQ/5KAgH7tEWfB8WdGEvPLTwUYOG50F0GhR2QQ7Lj+O+RTyN63dx&#10;Biw8AAMBq44iyTvWdMtb2mAhYjrGt4mqhTIJWgC5LkOAAEFG4h9i4ezTWLenPUJCK5w2gcQImmDp&#10;ZNREG2bmCGOiJsE2F+ZFJTZsIaxLn5QODnn0lvwwCrYfs3Ju2GEOgHvjDHuo4XpQWi7mRVna2pbc&#10;UIkDP7a5UaIsUuM0bJRcLSelRBti2tt+jBgAOwqTYs1TC5Yzks5aW5OidDbElza3cAvbFJj7aPv3&#10;89Afzi5mF1EvCgezXuRPp73r+STqDeZBfD7tTyeTafDFUAuiUV6kKeOGXTdLgujverWdam4K7KfJ&#10;kYojsXP7eSrWO6ZhcwFaul+X665FXU8vRXoP7SqFG44wzMHIhfyEUQODMcHq45pIhlH5msPkGQZR&#10;ZCapXUTncQgLeehZHnoIpwCVYI3hghtzot30XdeyWOVwUmDLysU1jImsMP1s54lj1S5g+FkF7aA2&#10;0/VwbaMe/07GvwEAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAJIigYA8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21C7E514" wp14:editId="0CABF8F3">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>800100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>229870</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6041390" cy="1270"/>
+                <wp:effectExtent l="9525" t="6350" r="6985" b="11430"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="6" name="Полилиния 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6041390" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9514"/>
+                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9514"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9514">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9513" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="24F9BD60" id="Полилиния 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBou6thDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhw72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW25GjDlC6kSHBw&#10;5mPERCppIVYJfr+Y9y4w0oYISrgULMH3TOOr8fNnl3U1YqHMJadMIQARelRXCc6NqUaep9OclUSf&#10;yYoJcGZSlcTAUq08qkgN6CX3Qt8feLVUtFIyZVrD22njxGOHn2UsNe+yTDODeIKBm3FP5Z5L+/TG&#10;l2S0UqTKi7SlQf6BRUkKAYfuoabEELRWxROoskiV1DIzZ6ksPZllRcqcBlAT+Cdq7nJSMacFkqOr&#10;fZr0/4NN325uFSpoggcYCVJCiXbfdj9333cP7vtj9/DrKxrYPNWVHkH4XXWrrFJd3cj0gwaHd+Sx&#10;Cw0xaFm/kRTwyNpIl5ttpkq7E1SjrSvB/b4EbGtQCi8HfhT0h1CpFHxBGLsKeWTU7U3X2rxi0uGQ&#10;zY02TQEpWC79tBWxAIis5FDLlz3koyAcNI+24PuwoAt74aGFj2o0PA+i06CwC2qw/DjuO8TTuH4X&#10;Z8HCAzAQsOookrxjnW5FSxssRGzH+C5RldQ2QQsg12UIECDISvxDLJx9GtvsaY9Q0AqnTaAwgiZY&#10;NjIqYiwze4Q1UZ1glwv7opQbtpDOZU5KB4c8erk4jILtx6waN+ywB8C9aQx3qOV6UFoh5wXnrrZc&#10;WCpx4McuN1ryglqnZaPVajnhCm2IbW/3sWIA7ChMybWgDixnhM5a25CCNzbEc5dbuIVtCux9dP37&#10;eegPZxezi6gXhYNZL/Kn0971fBL1BvMgPp/2p5PJNPhiqQXRKC8oZcKy62ZJEP1dr7ZTrZkC+2ly&#10;pOJI7Nx9nor1jmm4XICW7rfJddeiTU8vJb2HdlWyGY4wzMHIpfqEUQ2DMcH645oohhF/LWDyDIMo&#10;spPULaLzOISFOvQsDz1EpACVYIPhgltzYprpu65UscrhpMCVVchrGBNZYfvZzZOGVbuA4ecUtIPa&#10;TtfDtYt6/DsZ/wYAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAaLurYQ8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C7A3D19" wp14:editId="3886B21D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>800100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>463550</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6041390" cy="1270"/>
+                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="5" name="Полилиния 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6041390" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9514"/>
+                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9514"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9514">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9513" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="65FAD15B" id="Полилиния 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC87rZiDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaiMQOttt0QZyBI3CNlRCcodyIsZ10266QEKJS03Fm/PzejGd6ebUrC7RlUuWCxzjo&#10;+hgxTkWS83WM3y8XnQuMlCY8IYXgLMb3TOGryfNnl3U1ZqHIRJEwiQCEq3FdxTjTuhp7nqIZK4nq&#10;iopxcKZClkTDUq69RJIa0MvCC31/4NVCJpUUlCkFb2fOiScWP00Z1e/SVDGNihgDN22f0j5X5ulN&#10;Lsl4LUmV5bShQf6BRUlyDoceoGZEE7SR+ROoMqdSKJHqLhWlJ9I0p8xqADWBf6bmLiMVs1ogOao6&#10;pEn9P1j6dnsrUZ7EuI8RJyWUaP9t/3P/ff9gvz/2D7++or7JU12pMYTfVbfSKFXVjaAfFDi8E49Z&#10;KIhBq/qNSACPbLSwudmlsjQ7QTXa2RLcH0rAdhpReDnwo6A3gkpR8AXh0FbII+N2L90o/YoJi0O2&#10;N0q7AiZg2fQnjYglQKRlAbV82UE+CsKBezQFP4QFbdgLDy19VKNRP4jOg8I2yGH5w2HPIp7H9do4&#10;AxYegYGAdUuRZC1ruuMNbbAQMR3j20RVQpkELYFcmyFAgCAj8Q+xcPZ5rNvTHCGhFc6bQGIETbBy&#10;MiqiDTNzhDFRHWObC/OiFFu2FNalz0oHhzx6C34cBdtPWTk37DAHwL1xhj3UcD0qLReLvChsbQtu&#10;qAwDf2hzo0SRJ8Zp2Ci5Xk0LibbEtLf9GDEAdhImxYYnFixjJJk3tiZ54WyIL2xu4RY2KTD30fbv&#10;55E/ml/ML6JOFA7mncifzTrXi2nUGSyCYX/Wm02ns+CLoRZE4yxPEsYNu3aWBNHf9Woz1dwUOEyT&#10;ExUnYhf281Ssd0rD5gK0tL8u122Lup5eieQe2lUKNxxhmIORCfkJoxoGY4zVxw2RDKPiNYfJMwqi&#10;yExSu4j6wxAW8tizOvYQTgEqxhrDBTfmVLvpu6lkvs7gpMCWlYtrGBNpbvrZzhPHqlnA8LMKmkFt&#10;puvx2kY9/p1MfgMAAP//AwBQSwMEFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwzAMhe9I/IfISNxYsoLWqTSdAIkLEkwMDhy91k3LmqQ02db9+7mncbKe/fT8vXw1&#10;2k4caAitdxrmMwWCXOmr1hkN31+vd0sQIaKrsPOONJwowKq4vsoxq/zRfdJhE43gEBcy1NDE2GdS&#10;hrIhi2Hme3J8q/1gMbIcjKwGPHK47WSi1EJabB1/aLCnl4bK3WZvNTz/2h+lln/1abeer9/qd4Pm&#10;w2h9ezM+PYKINMaLGSZ8RoeCmbZ+76ogOtbJgrtEDek9z8mg0vQBxHbaJCCLXP6vUJwBAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAvO62Yg8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/rhXnN8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жері,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>Заявление</w:t>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="201" w:firstLine="670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос/уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="226BC7B2" wp14:editId="1BD8C43E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>800100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>201295</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6041390" cy="1270"/>
+                <wp:effectExtent l="9525" t="5080" r="6985" b="12700"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="4" name="Полилиния 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6041390" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9514"/>
+                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9514"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9514">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9513" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5FB5082E" id="Полилиния 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDw3b1jEgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXNtpIhI72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW2LNCGK51LkeDg&#10;zMeICypZLlYJfr+Y9y4w0oYIRgopeILvucZX4+fPLutqxEOZyYJxhQBE6FFdJTgzphp5nqYZL4k+&#10;kxUX4EylKomBpVp5TJEa0MvCC31/4NVSsUpJyrWGt9PGiccOP005Ne/SVHODigQDN+Oeyj2X9umN&#10;L8lopUiV5bSlQf6BRUlyAYfuoabEELRW+ROoMqdKapmaMypLT6ZpTrnTAGoC/0TNXUYq7rRAcnS1&#10;T5P+f7D07eZWoZwlOMJIkBJKtPu2+7n7vntw3x+7h19fUWTzVFd6BOF31a2ySnV1I+kHDQ7vyGMX&#10;GmLQsn4jGeCRtZEuN9tUlXYnqEZbV4L7fQn41iAKLwd+FPSHUCkKviCMXYU8Mur20rU2r7h0OGRz&#10;o01TQAaWSz9rRSwAIi0LqOXLHvJREA6aR1vwfVjQhb3w0MJHNRqeB04tlHIfFHZBDZYfx32HeArW&#10;7+IsWHgABgJWHUWSdazpVrS0wULEdozvElVJbRO0AHJdhgABgqzEP8TC2aexzZ72CAWtcNoECiNo&#10;gmUjoyLGMrNHWBPVCXa5sC9KueEL6VzmpHRwyKO3EIdRsP2YVeOGHfYAuDeN4Q61XA9KK+Q8LwpX&#10;20JYKnHgxy43WhY5s07LRqvVclIotCG2vd3HigGwozAl14I5sIwTNmttQ/KisSG+cLmFW9imwN5H&#10;17+fh/5wdjG7iHpROJj1In867V3PJ1FvMA/i82l/OplMgy+WWhCNspwxLiy7bpYE0d/1ajvVmimw&#10;nyZHKo7Ezt3nqVjvmIbLBWjpfptcdy3a9PRSsntoVyWb4QjDHIxMqk8Y1TAYE6w/roniGBWvBUye&#10;YRBFdpK6RXQeh7BQh57loYcIClAJNhguuDUnppm+60rlqwxOClxZhbyGMZHmtp/dPGlYtQsYfk5B&#10;O6jtdD1cu6jHv5PxbwAAAP//AwBQSwMEFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonYKaEuJUgMQFCSoKB47bZOOExusQu2369zgnepzZ0eyb&#10;fDXaThxo8K1jDclMgSAuXdWy0fD1+XKzBOEDcoWdY9JwIg+r4vIix6xyR/6gwyYYEUvYZ6ihCaHP&#10;pPRlQxb9zPXE8Va7wWKIcjCyGvAYy20n50otpMWW44cGe3puqNxt9lbD04/9Vmr5W59262T9Wr8Z&#10;NO9G6+ur8fEBRKAx/Idhwo/oUESmrdtz5UUX9XwRtwQNt0kKYgqoNL0DsZ2ce5BFLs8nFH8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8N29YxIDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWu2Q+98AAAAKAQAADwAAAAAAAAAAAAAAAABs&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="949"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл) Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65ED4A6C" wp14:editId="5B4D1183">
+                <wp:extent cx="6041390" cy="7620"/>
+                <wp:effectExtent l="8890" t="8890" r="7620" b="2540"/>
+                <wp:docPr id="2" name="Группа 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6041390" cy="7620"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9514" cy="12"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="12" name="Line 3"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="6"/>
+                            <a:ext cx="9513" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="7107">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="33654C5F" id="Группа 2" o:spid="_x0000_s1026" style="width:475.7pt;height:.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9514,12" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJZGBMjQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWykVN1u2yAUvp+0d0C+T20nbtpYdaopTnrT&#10;bZHaPQAB/KNhQEDjRNOkSXuEvcjeYK/QvtEO4KRde1N1iYSB88N3vo/DxeWu42jLtGmlKKL0JIkQ&#10;E0TSVtRF9OV2NTqPkLFYUMylYEW0Zya6nL9/d9GrnI1lIzllGkESYfJeFVFjrcrj2JCGddicSMUE&#10;GCupO2xhqeuYatxD9o7H4ySZxr3UVGlJmDGwWwZjNPf5q4oR+7mqDLOIFxFgs37Ufty4MZ5f4LzW&#10;WDUtGWDgN6DocCvg0GOqEluM7nT7IlXXEi2NrOwJkV0sq6olzNcA1aTJs2qutLxTvpY672t1pAmo&#10;fcbTm9OST9u1Ri0tonGEBO5AovtfDz8eft7/gf9vNHYM9arOwfFKqxu11qFMmF5L8tWAOX5ud+s6&#10;OKNN/1FSyIrvrPQM7SrduRRQO9p5IfZHIdjOIgKb0yRLJzPQi4DtbDoedCINiPkiiDTLIWx2mmYh&#10;JvW4Y5yH0zzCAZErB+6aeaTT/B+dNw1WzKtkHEsDnYBg4PO6FQxNAo/eYyECiWQnBhKRkIsGi5r5&#10;XLd7BYSlLgKAPwlxCwMKvJLUabjdB1KBnUlgx9N5JAfnSht7xWSH3KSIOAD2UuHttbEOxaOLU07I&#10;Vcs57OOcC9SDQmly5gOM5C11Rmczut4suEZb7HrP/3xJYHnqBndcUJ+sYZguh7nFLQ9zOJwLlw/q&#10;ADjDLDTXt1kyW54vz7NRNp4uR1lSlqMPq0U2mq7Ss9NyUi4WZfrdQUuzvGkpZcKhOzR6mr1O+eHJ&#10;CS16bPUjDfG/2T1fAPbw9aC9kE67cP02ku7X+iAwXEYvte9yHza8SO4Zebr2Xo/v5vwvAAAA//8D&#10;AFBLAwQUAAYACAAAACEAv9a+IdoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/&#10;YRnBm92kWtGYTSlFPRXBVhBv0+w0Cc3Ohuw2Sf+9oxe9PBje471v8uXkWjVQHxrPBtJZAoq49Lbh&#10;ysDH7uXmAVSIyBZbz2TgTAGWxeVFjpn1I7/TsI2VkhIOGRqoY+wyrUNZk8Mw8x2xeAffO4xy9pW2&#10;PY5S7lo9T5J77bBhWaixo3VN5XF7cgZeRxxXt+nzsDke1uev3eLtc5OSMddX0+oJVKQp/oXhB1/Q&#10;oRCmvT+xDao1II/EXxXvcZHegdpLaA66yPV/9uIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEACWRgTI0CAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAv9a+IdoAAAADAQAADwAAAAAAAAAAAAAAAADnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAO4FAAAAAA==&#10;">
+                <v:line id="Line 3" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,6" to="9513,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCUqVn6wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN7MrhalRDdBCy21N22hOQ7ZMQlmZ2N2a9J/3y0UvM3jfc42H20rbtT7xrGGRaJAEJfO&#10;NFxp+Px4mT+B8AHZYOuYNPyQhzybTraYGjfwkW6nUIkYwj5FDXUIXSqlL2uy6BPXEUfu7HqLIcK+&#10;kqbHIYbbVi6VWkuLDceGGjt6rqm8nL6thnNx/QrFqlCHd5JufNx7NbyWWj/Mxt0GRKAx3MX/7jcT&#10;5y/h75d4gMx+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJSpWfrBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokeweight=".19742mm"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="48" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="1873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл) Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10086" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3424"/>
+        <w:gridCol w:w="2169"/>
+        <w:gridCol w:w="4493"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidTr="008F2436">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidTr="008F2436">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10703"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="25" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(берген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(растаған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10609"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10697"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="88" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="201" w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наградалары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36A5A73B" wp14:editId="0C0D57B5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>800100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>201930</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6396355" cy="1270"/>
+                <wp:effectExtent l="9525" t="12065" r="13970" b="5715"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1" name="Полилиния 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6396355" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T1" fmla="*/ T0 w 10073"/>
+                            <a:gd name="T2" fmla="+- 0 11333 1260"/>
+                            <a:gd name="T3" fmla="*/ T2 w 10073"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="10073">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="10073" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4CA7C4EB" id="Полилиния 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIzzNeEQMAAJoGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLuttl2t+oGQ&#10;FlhpywFcx2kiEjvYbtMFcQaOwDVWQnCGciPGdtJtu0JCiEpNx5nx83sznunl1a4s0JZJlQs+xkHX&#10;x4hxKpKcr8f4/XLRucBIacITUgjOxvieKXw1ef7ssq5GLBSZKBImEYBwNaqrMc60rkaep2jGSqK6&#10;omIcnKmQJdGwlGsvkaQG9LLwQt/ve7WQSSUFZUrB25lz4onFT1NG9bs0VUyjYoyBm7ZPaZ8r8/Qm&#10;l2S0lqTKctrQIP/AoiQ5h0MPUDOiCdrI/AlUmVMplEh1l4rSE2maU2Y1gJrAP1Nzl5GKWS2QHFUd&#10;0qT+Hyx9u72VKE+gdhhxUkKJ9t/2P/ff9w/2+2P/8OsrCkye6kqNIPyuupVGqapuBP2gwOGdeMxC&#10;QQxa1W9EAnhko4XNzS6VpdkJqtHOluD+UAK204jCy3407Ee9HkYUfEE4sBXyyKjdSzdKv2LC4pDt&#10;jdKugAlYNv1JI2IJxU7LAmr5soN8FIR992gKfggD1S7shYeWPqpR4PuD6DwqbKMcWBBFkYU8j4va&#10;OIMWHqOBhHVLkmQtb7rjDXGwEDE949tUVUKZFC2BXpsjQIAgI/IPsXD4eazb0xwhoRnO20BiBG2w&#10;cjoqog0zc4QxUQ0VsNkwb0qxZUthffqsenDKo7fgx1Fu/zEv54ct5gi4O86wxxq2R+XlYpEXha1v&#10;wQ2ZQeAPbHaUKPLEOA0dJderaSHRlpgWtx8jB8BOwqTY8MSCZYwk88bWJC+cDfGFzS7cxCYJ5k7a&#10;Hv489Ifzi/lF3InD/rwT+7NZ53oxjTv9RTDozaLZdDoLvhhqQTzK8iRh3LBr50kQ/12/NpPNTYLD&#10;RDlRcSJ2YT9PxXqnNGwuQEv763Ldtqnr65VI7qFlpXADEgY6GJmQnzCqYTiOsfq4IZJhVLzmMH2G&#10;QRybaWoXcW8QwkIee1bHHsIpQI2xxnDFjTnVbgJvKpmvMzgpsGXl4hpGRZqbnrYzxbFqFjAArYJm&#10;WJsJe7y2UY9/KZPfAAAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMjPM14RAwAAmgYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86780" w:rsidRDefault="00B86780">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D4457F" w:rsidRPr="00D25017" w:rsidRDefault="00D4457F" w:rsidP="00D4457F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D25017">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D25017">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D25017">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">должности </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D25017">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D25017">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...104 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D25017">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...104 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D25017">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D25017">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D25017">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D25017">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D25017">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a9"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
-[...887 lines deleted...]
-        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="5546"/>
+        <w:gridCol w:w="4025"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidTr="0023490D">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-            <w:hideMark/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6" w:rsidP="009439A6">
+    <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="009914CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6" w:rsidP="009439A6">
+    <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="009914CE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6" w:rsidP="009439A6">
+    <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="009914CE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="009914CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10990" w:type="dxa"/>
+        <w:tblW w:w="9398" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="502"/>
-        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="328"/>
+        <w:gridCol w:w="1982"/>
         <w:gridCol w:w="2552"/>
-        <w:gridCol w:w="4535"/>
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="993"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="328" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="328" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...34 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...34 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...34 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
+        <w:trPr>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="328" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...20 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...35 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
+        <w:trPr>
+          <w:trHeight w:val="29"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="328" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...36 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
         <w:trPr>
-          <w:trHeight w:val="1447"/>
+          <w:trHeight w:val="29"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="328" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...24 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...35 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...35 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...35 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...32 lines deleted...]
-              <w:t>-мастер = 10 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="0053397E" w:rsidTr="009914CE">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="29"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="328" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...14 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...52 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...59 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
+        <w:trPr>
+          <w:trHeight w:val="29"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="328" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...14 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...62 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>«хорошо» = 0,5 балла</w:t>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="0053397E" w:rsidTr="009914CE">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="29"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="328" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...29 lines deleted...]
-              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...96 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...95 lines deleted...]
-              <w:t>минус 3 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="0053397E" w:rsidTr="009914CE">
+        <w:trPr>
+          <w:trHeight w:val="29"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="328" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>- государственная награда</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...164 lines deleted...]
-              <w:t>» = 10 баллов</w:t>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
         <w:trPr>
-          <w:trHeight w:val="1694"/>
+          <w:trHeight w:val="29"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="328" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="0053397E" w:rsidTr="009914CE">
+        <w:trPr>
+          <w:trHeight w:val="29"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="328" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...26 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...23 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...94 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...48 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="0053397E" w:rsidTr="009914CE">
         <w:trPr>
-          <w:trHeight w:val="10729"/>
+          <w:trHeight w:val="685"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="328" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...11 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>программалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>, IELTS; TOEFL; DELF;</w:t>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goethe </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Zertifikat</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="17"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...11 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...35 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...10 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEFL Cambridge </w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...468 lines deleted...]
-              <w:t>«Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...61 lines deleted...]
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...60 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...18 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
         <w:trPr>
-          <w:trHeight w:val="2280"/>
+          <w:trHeight w:val="29"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="328" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>12</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...93 lines deleted...]
-              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
         <w:trPr>
-          <w:trHeight w:val="185"/>
+          <w:trHeight w:val="29"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3053" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4862" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009914CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6" w:rsidP="009439A6">
+    <w:p w:rsidR="00D4457F" w:rsidRPr="001B695E" w:rsidRDefault="00D4457F" w:rsidP="009914CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A9353D" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+    <w:p w:rsidR="00D4457F" w:rsidRPr="00097EC8" w:rsidRDefault="00D4457F">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A9353D" w:rsidSect="00A9353D">
-[...2 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00D4457F" w:rsidRPr="00097EC8">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Times New Roman CYR">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...348 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C37D06"/>
-[...36 lines deleted...]
-    <w:rsid w:val="00FF3D23"/>
+    <w:rsidRoot w:val="00E918E4"/>
+    <w:rsid w:val="00097EC8"/>
+    <w:rsid w:val="000A694D"/>
+    <w:rsid w:val="00133522"/>
+    <w:rsid w:val="0014195D"/>
+    <w:rsid w:val="00144B2D"/>
+    <w:rsid w:val="00292872"/>
+    <w:rsid w:val="002D3C13"/>
+    <w:rsid w:val="00323260"/>
+    <w:rsid w:val="00423888"/>
+    <w:rsid w:val="00466777"/>
+    <w:rsid w:val="004F0A0A"/>
+    <w:rsid w:val="0053397E"/>
+    <w:rsid w:val="005518F0"/>
+    <w:rsid w:val="005A2283"/>
+    <w:rsid w:val="005D7ECD"/>
+    <w:rsid w:val="00734337"/>
+    <w:rsid w:val="007C386D"/>
+    <w:rsid w:val="00973967"/>
+    <w:rsid w:val="009914CE"/>
+    <w:rsid w:val="00A114FF"/>
+    <w:rsid w:val="00A970D0"/>
+    <w:rsid w:val="00AD6766"/>
+    <w:rsid w:val="00B36878"/>
+    <w:rsid w:val="00B61725"/>
+    <w:rsid w:val="00B86780"/>
+    <w:rsid w:val="00C61767"/>
+    <w:rsid w:val="00C7560E"/>
+    <w:rsid w:val="00D4457F"/>
+    <w:rsid w:val="00E80FF2"/>
+    <w:rsid w:val="00E918E4"/>
+    <w:rsid w:val="00EB6232"/>
+    <w:rsid w:val="00EC259D"/>
+    <w:rsid w:val="00EC3423"/>
+    <w:rsid w:val="00ED055D"/>
+    <w:rsid w:val="00F426FD"/>
+    <w:rsid w:val="00F50688"/>
+    <w:rsid w:val="00F53D84"/>
+    <w:rsid w:val="00FB0076"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6D963E34"/>
-  <w15:docId w15:val="{CB4A0725-B209-41CD-9702-186C1D73FC7E}"/>
+  <w14:docId w14:val="72CB10C6"/>
+  <w15:docId w15:val="{30FC2724-7151-44F7-8C17-D8034B00FE0D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11696,51 +13339,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12033,317 +13676,125 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...60 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00B531BC"/>
+    <w:rsid w:val="00097EC8"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
-[...64 lines deleted...]
-  <w:style w:type="table" w:styleId="a9">
+  <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00A9353D"/>
+    <w:rsid w:val="00D4457F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="70782054">
-[...64 lines deleted...]
-    <w:div w:id="2063825268">
+    <w:div w:id="844898136">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -12563,75 +14014,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{877FA9D0-E66C-4BC7-A815-72EFD4D6CDE2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>12466</Characters>
+  <Pages>7</Pages>
+  <Words>1826</Words>
+  <Characters>10411</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>103</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14623</CharactersWithSpaces>
+  <CharactersWithSpaces>12213</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асем</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>