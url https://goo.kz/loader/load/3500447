--- v0 (2025-12-22)
+++ v1 (2026-02-03)
@@ -1,476 +1,460 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная профильная школа дифференцированного обучения № 17 города Павлодара» объявляет конкурс на должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагог дополнительного образования с (хореограф) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>русским языком обучения</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...80 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="7"/>
-        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblStyle w:val="6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="336"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7761"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="711" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының  № 17  жалпы орта білім берусаралап оқытатын бейіндік  мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>профильная школа дифференцированного обучения  №17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="453" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,  Павлодар қаласы, Катаев көшесі 68</w:t>
+              <w:t>140008, Республика Казахстан, Павлодарская область,                     город Павлодар, улица Катаева, 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="264" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>телефон нөмірлері</w:t>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -482,1369 +466,1795 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="203" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта мекенжайлары</w:t>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>sosh17@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="570" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қосымша білім беру (хореограф)  0,5 жүктеме </w:t>
+              <w:t xml:space="preserve">Педагог дополнительного образования (хореограф)   0,5 ставки  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="825" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі атқарымдық міндеттер</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="13"/>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады, оған жүктемені бөлу бойынша бекітілген сыныптарда сабақтар мен басқа да оқу сабақтарын өткізеді, сабақ барысында тиісті тәртіп пен тәртіпті қамтамасыз етеді.</w:t>
-[...8 lines deleted...]
-                <w:rStyle w:val="13"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+              <w:t>Осуществляет обучение и воспитание обучающихся с учетом специфики преподаваемого предмета, проводит уроки и другие учебные занятия в закрепленных за ним по распределению учебной нагрузки классах, обеспечивает во время занятий надлежащий порядок и дисциплину.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rStyle w:val="13"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>- Мемлекеттік білім беру стандартының талаптарына сәйкес келетін білім алушылардың дайындық деңгейін қамтамасыз етеді.</w:t>
+              </w:rPr>
+              <w:t>Реализует применяемые в образовательные программы в соответствии с учебным планом, собственным поурочным планом и расписанием занятий; использует при этом разнообразные примы, методы и средства обучения.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="13"/>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-ОТ және ТБ, өртке қарсы қорғау ережелері мен нормаларын орындайды, білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын қорғауды қамтамасыз етеді.</w:t>
-[...8 lines deleted...]
-                <w:rStyle w:val="13"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+              <w:t>Обеспечивает уровень подготовки обучающихся, соответствующий требованиям государственного образовательного стандарта.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rStyle w:val="13"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выполняет правила и нормы ОТ и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ТБ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+              <w:t>противопожарной защиты, обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rStyle w:val="13"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оперативно извещает руководство о каждом несчастном случае, принимает меры </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПО </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+              <w:t>оказанию первой доврачебной помощи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rStyle w:val="13"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>-Белгіленген тәртіппен сынып құжаттамасын жүргізеді, қабылданған жүйе бойынша білім алушылардың сабаққа қатысуы мен үлгеріміне ағымдағы бақылауды жүзеге асырады, білім алушының сынып журналы мен күнделігіне баға қояды, әкімшілікке есепті деректерді уақтылы ұсынады.</w:t>
+              </w:rPr>
+              <w:t>Вносит предложения по улучшению и оздоровлению условий проведения образовательного процесса, а также доводит до сведения заведующего кабинетом, руководства обо всех недостатках в обеспечении образовательного процесса, снижающих жизнедеятельность и работоспособность организма обучающихся.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="13"/>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-Белгіленген тәртіппен білім алушыларды қорытынды аттестаттауға қатысады.</w:t>
-[...7 lines deleted...]
-                <w:rStyle w:val="13"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="13"/>
+              </w:rPr>
+              <w:t>Проводит инструктаж обучающихся но безопасности труда па учебных занятиях с обязательной регистрацией в классном журнале или журнале регистрации инструктажа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>- Педагогтің қызметін бақылау және бағалау мақсатында әкімшілік өкілдерін белгіленген тәртіппен сабақтарға жібереді.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организует изучение обучающимися правил по охране труда.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
-              <w:rPr>
-                <w:rStyle w:val="14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rStyle w:val="14"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>- Директордың ОВЖ жөніндегі орынбасарының өкімі бойынша сабақта уақытша болмаған мұғалімдерді ауыстырады</w:t>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Осуществляет контроль за соблюдением правил (инструкций) по охране труда.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
-              <w:rPr>
-                <w:rStyle w:val="14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rStyle w:val="14"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>-Жарғы мен ішкі еңбек тәртібінің ережелерін, өзге де жергілікті құқықтық актілерді сақтайды.</w:t>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ведет в установленном порядке классную документацию, осуществляет текущий контроль посещаемости и успеваемости обучающихся по принятой в системе, выставляет оценки в классный журнал и дневник обучающегося, своевременно представляет администрации отчетные данные.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
-              <w:rPr>
-                <w:rStyle w:val="14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rStyle w:val="14"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>- Білім алушылардың заңды құқықтары мен бостандықтарын сақтайды.</w:t>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участвует в установленном порядке в итоговой аттестации обучающихся.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="14"/>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-Сабақтарды өткізуге дайындалады, өзінің кәсіби біліктілігін жүйелі түрде арттырады, әдістемелік бірлестіктердің қызметіне және В қабылдаған әдістемелік жұмыстың басқа да нысандарына қатысады.</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Допускает в установленном порядке на занятия представителей администрации в целях контроля и оценки деятельности педагога.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rStyle w:val="14"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Педагогикалық кеңестің жұмысына және әкімшілік өткізетін кеңестерге қатысады.</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заменяет на уроках временно отсутствующих учителей по распоряжению заместителя директора по УВР</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rStyle w:val="14"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Кезекшілік кестесіне сәйкес сабақтар арасындағы үзілістерде, сондай-ақ өз сабақтарының басталуына 20 минут қалғанда және 20 минут ішінде және аяқталуына дейін кезекшілік етеді.</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдает устав и Правила внутреннего трудового распорядка, иные локальные правовые акты.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="14"/>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Білім алушылардың үлгерімі, сабаққа қатысуы, тәртіптілігі мәселелері бойынша ата-аналармен (оларды алмастыратын адамдармен) тұрақты байланыста болады.</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдает законные права и свободы обучающихся.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rStyle w:val="14"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Мерзімді медициналық тексеруден өтеді.</w:t>
-[...16 lines deleted...]
-                <w:rStyle w:val="14"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>- Мұғалімнің қоғамдық жағдайына сәйкес, күнделікті өмірде, қоғамдық орындарда мінез-құлықтың этикалық нормаларын сақтайды.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Готовится к проведению занятий, систематически повышает свою профессиональную квалификацию, участвует </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельности методических  объединений и других формах методической работы, принятых в.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участвует в работе педагогического совета и совещаниях, проводимых администрацией.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дежурит по в перерывах между занятиями в соответствии с графиком дежурств, а также за 20 минут </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начала </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>течение 20 минут да окончании своих уроков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Поддерживает постоянную связь с родителями (лицами, их заменяющими) по вопросам успеваемости, посещаемости, дисциплины обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проходит периодические медицинские обследования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдает этические нормы поведения в, быту, общественных местах, соответствующие общественному положению учителя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="639" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекақы мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- арнайы орта білім (min): 143947-161724 теңге;</w:t>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>143947-161724</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- жоғары білім (min): 177766-205080тенге</w:t>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>177766-205080</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
-        <w:trPr>
-[...1 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кандидатқа қойылатын, бекітілген Біліктілік талаптары</w:t>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>тиісті мамандық бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе жоғары білім жұмыс өтіліне талаптар қоймай немесе тиісті мамандық бойынша техникалық және кәсіптік білім жұмыс өтіліне талаптар қоймай;</w:t>
+              <w:t>высшее и (или) послевузовское педагогическое образование или высшее образование по соответствующей специальности без предъявления требований к стажу работы или техническое и профессиональное образование по соответствующей специальности без предъявления требований к стажу работы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-          </w:p>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z3161"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – 6 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="0"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z3162"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>   и (или) при наличии среднего или высшего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 3-4 лет, для педагога-эксперта – не менее 4-5 лет, педагога-исследователя не менее 5-6 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="105" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
@@ -1889,2062 +2299,2900 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.2024 ж.</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t xml:space="preserve">.2024 </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізімі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="16"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="16"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверяющий личность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="16"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заполненный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="16"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">копии документов об образовании </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="16"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">копию документа, подтверждающую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трудовую деятельность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="16"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по форме, утвержденной </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/rus/docs/V2000021579" \l "z4" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="16"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с психоневрологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="16"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша конкурсқа қатысу туралы </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өтініш;</w:t>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">жеке басты куәландыратын құжат </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>кадрларды есепке алу бойынша толтырылған жеке парақ</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (нақты тұрғылықты мекен-жайын және байланыс телефондарын көрсете отырып-бар болса);</w:t>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>құжаттардың көшірмелері;</w:t>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">еңбек қызметін растайтын құжаттың </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>көшірмесі (бар болса);</w:t>
-[...127 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>) психоневрологиялық ұйымның анықтамасы;</w:t>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Наркологиялық ұйымнан анықтама;</w:t>
-[...12 lines deleted...]
-              <w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-              </w:rPr>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...59 lines deleted...]
-              <w:t>бейнепрезентация кемінде 15 минут, ең төменгі ажыратылымдылығы- 720х 480.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос лауазым мерзімі</w:t>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Еңбек шартына сәйкес</w:t>
+              <w:t>Согласно трудового договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
-[...186 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="3"/>
-[...2 lines deleted...]
-        <w:tblInd w:w="5444" w:type="dxa"/>
+        <w:tblStyle w:val="6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
-          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:trHeight w:val="781" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...103 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...12 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...8 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...46 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(конкурс жариялаған мемлекеттік орган)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии), ИИН)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>(Кандидаттың Т. А. Ә, (бар болса), ЖСН)</w:t>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-        <w:t>Өтініш</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...29 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...20 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ауыл)</w:t>
-[...67 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...40 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мен өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="3"/>
+        <w:tblStyle w:val="6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2022"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3154"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="760" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Атауы</w:t>
+              <w:t>Наименование</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>оқуорнының</w:t>
+              <w:t>учебногозаведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқукезеңі</w:t>
+              <w:t>Периодобучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ипломбойынша</w:t>
-[...7 lines deleted...]
-            <w:r>
+              <w:t>Специальность</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>амандығы</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>подиплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="749" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4023,5053 +5271,4604 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Біліктіліксанатыныңболуы</w:t>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>расталғанкүні</w:t>
+        <w:t>подтверждения):_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...50 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сондай-ақ қосымша мәліметтер (бар болса)</w:t>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...60 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...59 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="3"/>
-[...2 lines deleted...]
-        <w:tblInd w:w="5444" w:type="dxa"/>
+        <w:tblStyle w:val="6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
-          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:trHeight w:val="781" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...103 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...12 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...8 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...67 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...32 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="3"/>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10080" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="944"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="2124"/>
+        <w:gridCol w:w="2972"/>
+        <w:gridCol w:w="3645"/>
+        <w:gridCol w:w="14"/>
+        <w:gridCol w:w="13"/>
+        <w:gridCol w:w="20"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>Растайтын құжат</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>(1-ден 20-ға дейін)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="898" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Оценка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>Білім деңгейі</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Білімі туралы дипломның және дипломға қосымшаның көшірмелері </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...84 lines deleted...]
-              <w:t>Жоғары сыртқы/қашықтан = минус 2 балл</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="898" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Ғылыми/академиялық дәрежесі </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...48 lines deleted...]
-              <w:t>Ғылыми кандидат = 10 балл</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="898" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Жұмыс өтілі жоқ үміткерлер үшін сертификаттау </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="1823" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>"Педагог" Біліктілік санаты - 5 балл</w:t>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>4.</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Біліктілік санаты </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>Жеке куәлік, басқа құжат</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...120 lines deleted...]
-              <w:t>Педагог-шебер = 10 балл</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Методист (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...61 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>5.</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>Еңбек кітапшасы/еңбек қызметін растайтын басқа да құжат</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...48 lines deleted...]
-              <w:t>директор (лауазымдық жұмыс өтілі кемінде 2 жыл) = 5 балл</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>6.</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Алғаш рет жұмысқа тұрған педагогтер үшін </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...30 lines deleted...]
-              <w:t>"жақсы" = 0,5 балл</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>7.</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>Ұсыныс хат (Конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...30 lines deleted...]
-              <w:t>Теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>8.</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Кәсіби жетістіктерінің көрсеткіштері </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...48 lines deleted...]
-              <w:t>- мемлекеттік награда</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...84 lines deleted...]
-              <w:t>"Қазақстан еңбек сіңірген ұстазы" медаль иегері = 10 балл</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcW w:w="871" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>9.</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>Әдістемелік қызметі</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>-авторлық шығармалары, басылымдары</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...48 lines deleted...]
-              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcW w:w="871" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>10.</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметі </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметін растайтын құжат </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Goethe Zertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge "CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...84 lines deleted...]
-              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcW w:w="871" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>11.</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>Курсқа дайындық</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн", педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...666 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry "</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3692" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...733 lines deleted...]
-              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
-[...157 lines deleted...]
-            <w:tcW w:w="3019" w:type="dxa"/>
+            <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...12 lines deleted...]
-              <w:t>Барлығы:</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6105" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6664" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="982" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="17"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9185,822 +9984,904 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="2000009F" w:csb1="DFD70000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="6E7E3611"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6E7E3611"/>
+    <w:lvl w:ilvl="0" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="00032912"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
-    <w:rsid w:val="000E4ACD"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E5A7C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="00113DF9"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="00134C9E"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
-    <w:rsid w:val="0016146A"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
-    <w:rsid w:val="001B5648"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E05A2"/>
     <w:rsid w:val="001E17F9"/>
-    <w:rsid w:val="001E73F1"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="00232C25"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00251E46"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00255B60"/>
     <w:rsid w:val="00261786"/>
-    <w:rsid w:val="00261EAA"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
-    <w:rsid w:val="002837ED"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B62E8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
-    <w:rsid w:val="002C20BA"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00301DC9"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
+    <w:rsid w:val="00322038"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
-    <w:rsid w:val="00385BC8"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
-    <w:rsid w:val="003D09B9"/>
-    <w:rsid w:val="003D3652"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="003F7A1A"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00405406"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00423E96"/>
     <w:rsid w:val="00424A81"/>
-    <w:rsid w:val="00427D5D"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00463794"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
-    <w:rsid w:val="004D3920"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E14AA"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="005069F6"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="00552535"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00575807"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00590BAF"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005A7DEE"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C74AE"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D4A9A"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F51B6"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="0064541A"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00662336"/>
     <w:rsid w:val="00663A43"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
-    <w:rsid w:val="00683A1C"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C208E"/>
     <w:rsid w:val="006C3571"/>
-    <w:rsid w:val="006D02AA"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F3100"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
-    <w:rsid w:val="006F4376"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00712A24"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007643BD"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
-    <w:rsid w:val="00782E85"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
-    <w:rsid w:val="007936CE"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
-    <w:rsid w:val="007A4A53"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
-    <w:rsid w:val="008218A5"/>
     <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="0082736E"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00857E40"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
-    <w:rsid w:val="008849A6"/>
     <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886637"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008965EA"/>
     <w:rsid w:val="008968DC"/>
-    <w:rsid w:val="00896CE5"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
-    <w:rsid w:val="008B72D0"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008D62E1"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E5958"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
-    <w:rsid w:val="009025AD"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907D1E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00950F37"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
-    <w:rsid w:val="009651C1"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
-    <w:rsid w:val="00974D92"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E17AF"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4616B"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A52819"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A559D1"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A7511A"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A80D1A"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AC014A"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
-    <w:rsid w:val="00AD497F"/>
+    <w:rsid w:val="00AD48DA"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AE2C0F"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
-    <w:rsid w:val="00B336ED"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B45C50"/>
+    <w:rsid w:val="00B44934"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
-    <w:rsid w:val="00BA5D05"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD50AA"/>
+    <w:rsid w:val="00BD693A"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
-    <w:rsid w:val="00C03230"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C161AE"/>
     <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C2549F"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
-    <w:rsid w:val="00C57041"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
-    <w:rsid w:val="00C97A79"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CA36B2"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CD5973"/>
+    <w:rsid w:val="00CE2F89"/>
+    <w:rsid w:val="00CF398A"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
+    <w:rsid w:val="00D143E5"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D27291"/>
+    <w:rsid w:val="00D24ACD"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
-    <w:rsid w:val="00D47A78"/>
     <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D53FCE"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D74D43"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC6F0E"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E33931"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92E6D"/>
     <w:rsid w:val="00E97C39"/>
-    <w:rsid w:val="00EA0906"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
-    <w:rsid w:val="00EB5DE1"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F06293"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F20EA7"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F54B50"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72117"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F8552E"/>
-    <w:rsid w:val="00FA103D"/>
+    <w:rsid w:val="00F95A7A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FE6BB2"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
-    <w:rsid w:val="5D0353E8"/>
+    <w:rsid w:val="5E24583A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="1"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
@@ -10052,71 +10933,71 @@
     <w:lsdException w:uiPriority="99" w:name="line number"/>
     <w:lsdException w:uiPriority="99" w:name="page number"/>
     <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
     <w:lsdException w:uiPriority="99" w:name="endnote text"/>
     <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
     <w:lsdException w:uiPriority="99" w:name="macro"/>
     <w:lsdException w:uiPriority="99" w:name="toa heading"/>
     <w:lsdException w:uiPriority="99" w:name="List"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
     <w:lsdException w:uiPriority="99" w:name="List Number"/>
     <w:lsdException w:uiPriority="99" w:name="List 2"/>
     <w:lsdException w:uiPriority="99" w:name="List 3"/>
     <w:lsdException w:uiPriority="99" w:name="List 4"/>
     <w:lsdException w:uiPriority="99" w:name="List 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
     <w:lsdException w:uiPriority="99" w:name="Closing"/>
     <w:lsdException w:uiPriority="99" w:name="Signature"/>
-    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
     <w:lsdException w:uiPriority="99" w:name="Message Header"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
     <w:lsdException w:uiPriority="99" w:name="Salutation"/>
     <w:lsdException w:uiPriority="99" w:name="Date"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
     <w:lsdException w:uiPriority="99" w:name="Block Text"/>
-    <w:lsdException w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
     <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
     <w:lsdException w:uiPriority="99" w:name="Document Map"/>
     <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
     <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
     <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
     <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
     <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
@@ -10134,287 +11015,266 @@
     <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
     <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
     <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
-    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Balloon Text"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
     <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
-    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="99" w:name="Placeholder Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:name="Placeholder Text"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="No Spacing"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="34" w:semiHidden="0" w:name="List Paragraph"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="2">
     <w:name w:val="Default Paragraph Font"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:uiPriority w:val="1"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="3">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="2"/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="1"/>
-    <w:link w:val="10"/>
+    <w:link w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="6">
-[...15 lines deleted...]
-  <w:style w:type="table" w:styleId="7">
+  <w:style w:type="table" w:styleId="6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="3"/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="7">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="Основ_Текст"/>
+    <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:hAnsi="NewtonC" w:eastAsia="Arial" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+  <w:style w:type="character" w:customStyle="1" w:styleId="9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="2"/>
     <w:link w:val="5"/>
     <w:semiHidden/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="11">
+  <w:style w:type="paragraph" w:styleId="10">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="1"/>
     <w:qFormat/>
     <w:uiPriority w:val="34"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="12">
+  <w:style w:type="character" w:styleId="11">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="2"/>
     <w:semiHidden/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="13">
+  <w:style w:type="character" w:customStyle="1" w:styleId="12">
     <w:name w:val="Font Style17"/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="14">
+  <w:style w:type="character" w:customStyle="1" w:styleId="13">
     <w:name w:val="Font Style11"/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="15">
+  <w:style w:type="character" w:customStyle="1" w:styleId="14">
     <w:name w:val="Font Style16"/>
+    <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="16">
+  <w:style w:type="character" w:customStyle="1" w:styleId="15">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
+    <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="17">
+  <w:style w:type="paragraph" w:styleId="16">
     <w:name w:val="No Spacing"/>
     <w:qFormat/>
     <w:uiPriority w:val="1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
-    </w:rPr>
-[...11 lines deleted...]
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10664,68 +11524,68 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12471E3D-4C12-496A-847D-C80E00A3B854}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4E6BC66-718E-4C86-9A12-19218E4B308A}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <Pages>1</Pages>
-[...3 lines deleted...]
-  <Paragraphs>29</Paragraphs>
+  <Pages>7</Pages>
+  <Words>2388</Words>
+  <Characters>13616</Characters>
+  <Lines>113</Lines>
+  <Paragraphs>31</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14623</CharactersWithSpaces>
+  <CharactersWithSpaces>15973</CharactersWithSpaces>
   <Application>WPS Office_12.2.0.13431_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.13431</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>42D1B468B6984A76AC9ACEA9E30F34E0_12</vt:lpwstr>
+    <vt:lpwstr>8499EE1B8FD64847A83AD3B0AFEFA90B_12</vt:lpwstr>
   </property>
 </Properties>
 </file>