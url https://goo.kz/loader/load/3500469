--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,121 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
-    <p:sldMasterId id="2147483661" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId15"/>
+    <p:notesMasterId r:id="rId14"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="463" r:id="rId3"/>
-[...8 lines deleted...]
-    <p:sldId id="497" r:id="rId12"/>
+    <p:sldId id="463" r:id="rId2"/>
+    <p:sldId id="462" r:id="rId3"/>
+    <p:sldId id="461" r:id="rId4"/>
+    <p:sldId id="470" r:id="rId5"/>
+    <p:sldId id="467" r:id="rId6"/>
+    <p:sldId id="445" r:id="rId7"/>
+    <p:sldId id="446" r:id="rId8"/>
+    <p:sldId id="494" r:id="rId9"/>
+    <p:sldId id="448" r:id="rId10"/>
+    <p:sldId id="492" r:id="rId11"/>
+    <p:sldId id="464" r:id="rId12"/>
     <p:sldId id="495" r:id="rId13"/>
-    <p:sldId id="496" r:id="rId14"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6797675" cy="9926638"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -172,51 +147,51 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2206" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3861" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
@@ -224,65 +199,60 @@
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="B9D2D9"/>
     <a:srgbClr val="F4FAFE"/>
     <a:srgbClr val="0187AD"/>
     <a:srgbClr val="0881A3"/>
     <a:srgbClr val="185ABA"/>
     <a:srgbClr val="1C69D5"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="0"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{0D1923B1-B35B-9E65-88F4-426B224D7024}" v="93" dt="2024-03-01T14:08:07.660"/>
     <p1510:client id="{4C4BFF20-CA36-5D07-7395-B366DA5CDDA9}" v="170" dt="2024-03-01T13:23:56.310"/>
-    <p1510:client id="{69737450-BBE0-A5DE-33DF-CE7D0D743FF5}" v="126" dt="2024-03-01T14:06:30.570"/>
-[...2 lines deleted...]
-    <p1510:client id="{D73CBD12-99DF-D383-4947-73F882637C8F}" v="259" dt="2024-03-01T14:03:58.597"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="中度样式 2 - 强调 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -486,6949 +456,88 @@
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
           </a:insideH>
           <a:insideV>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr>
-    <p:restoredLeft sz="15620"/>
+  <p:normalViewPr horzBarState="maximized">
+    <p:restoredLeft sz="9404" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+    <p:cSldViewPr snapToGrid="0" showGuides="1">
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="50" d="100"/>
-          <a:sy n="50" d="100"/>
+          <a:sx n="90" d="100"/>
+          <a:sy n="90" d="100"/>
         </p:scale>
-        <p:origin x="-1906" y="-797"/>
+        <p:origin x="840" y="90"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2206"/>
         <p:guide pos="3861"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="76200" cy="76200"/>
+  <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/></Relationships>
-[...6860 lines deleted...]
-</dgm:styleDef>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -7469,51 +578,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3850447" y="1"/>
             <a:ext cx="2945659" cy="498056"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{69BD06D6-87AF-48AD-828F-2EA4AA48BA1A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>04.03.2024</a:t>
+              <a:t>02.03.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="422275" y="1241425"/>
             <a:ext cx="5953125" cy="3349625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -7752,96 +861,52 @@
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...26 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-</file>
-[...14 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -7957,51 +1022,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2BEDD6C7-BE76-4738-98FE-721F3533EC91}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>04.03.2024</a:t>
+              <a:t>02.03.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8120,51 +1185,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2BEDD6C7-BE76-4738-98FE-721F3533EC91}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>04.03.2024</a:t>
+              <a:t>02.03.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8293,51 +1358,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2BEDD6C7-BE76-4738-98FE-721F3533EC91}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>04.03.2024</a:t>
+              <a:t>02.03.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8377,241 +1442,51 @@
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition spd="slow">
     <p:push dir="u"/>
   </p:transition>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
-[...189 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -8672,114 +1547,109 @@
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{02E9E26C-93A1-48D8-B22C-939698B5FA8D}" type="datetime1">
+            <a:fld id="{2BEDD6C7-BE76-4738-98FE-721F3533EC91}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>04.03.2024</a:t>
+              <a:t>02.03.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3C37A03D-2B07-493C-91EA-3145C93517F4}" type="slidenum">
+            <a:fld id="{53B020E9-07A4-478A-9E43-1538F2ADDD71}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -8917,114 +1787,109 @@
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{63EF0992-3221-401B-ACBB-9383574F91AA}" type="datetime1">
+            <a:fld id="{2BEDD6C7-BE76-4738-98FE-721F3533EC91}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>04.03.2024</a:t>
+              <a:t>02.03.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3C37A03D-2B07-493C-91EA-3145C93517F4}" type="slidenum">
+            <a:fld id="{53B020E9-07A4-478A-9E43-1538F2ADDD71}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -9146,114 +2011,109 @@
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{8DC561A5-EECF-44A4-9F63-C9C16ABB6457}" type="datetime1">
+            <a:fld id="{2BEDD6C7-BE76-4738-98FE-721F3533EC91}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>04.03.2024</a:t>
+              <a:t>02.03.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3C37A03D-2B07-493C-91EA-3145C93517F4}" type="slidenum">
+            <a:fld id="{53B020E9-07A4-478A-9E43-1538F2ADDD71}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -9510,114 +2370,109 @@
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{4AEAB98F-8389-4C76-B588-4AAAA95FC183}" type="datetime1">
+            <a:fld id="{2BEDD6C7-BE76-4738-98FE-721F3533EC91}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>04.03.2024</a:t>
+              <a:t>02.03.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Номер слайда 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3C37A03D-2B07-493C-91EA-3145C93517F4}" type="slidenum">
+            <a:fld id="{53B020E9-07A4-478A-9E43-1538F2ADDD71}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Только заголовок">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -9627,372 +2482,199 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{47116F4E-B4DC-476A-BB11-8ADC9E9A9574}" type="datetime1">
+            <a:fld id="{2BEDD6C7-BE76-4738-98FE-721F3533EC91}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>04.03.2024</a:t>
+              <a:t>02.03.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Номер слайда 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3C37A03D-2B07-493C-91EA-3145C93517F4}" type="slidenum">
+            <a:fld id="{53B020E9-07A4-478A-9E43-1538F2ADDD71}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{493FFE3E-0231-4BBC-ACCD-13EF0D74A56D}" type="datetime1">
+            <a:fld id="{2BEDD6C7-BE76-4738-98FE-721F3533EC91}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>04.03.2024</a:t>
+              <a:t>02.03.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
-          <p:cNvSpPr>
-[...166 lines deleted...]
-          <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53B020E9-07A4-478A-9E43-1538F2ADDD71}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -10160,114 +2842,109 @@
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{97D722DB-5F1D-4F33-9674-C52A04A330C9}" type="datetime1">
+            <a:fld id="{2BEDD6C7-BE76-4738-98FE-721F3533EC91}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>04.03.2024</a:t>
+              <a:t>02.03.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3C37A03D-2B07-493C-91EA-3145C93517F4}" type="slidenum">
+            <a:fld id="{53B020E9-07A4-478A-9E43-1538F2ADDD71}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -10412,1946 +3089,53 @@
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{CE47AE3A-F534-40A5-868F-9E7AE93BAD86}" type="datetime1">
-[...589 lines deleted...]
-          <a:p>
             <a:fld id="{2BEDD6C7-BE76-4738-98FE-721F3533EC91}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>04.03.2024</a:t>
-[...1301 lines deleted...]
-              <a:t>04.03.2024</a:t>
+              <a:t>02.03.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -12365,54 +3149,50 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53B020E9-07A4-478A-9E43-1538F2ADDD71}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -12521,51 +3301,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{2BEDD6C7-BE76-4738-98FE-721F3533EC91}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>04.03.2024</a:t>
+              <a:t>02.03.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -12905,603 +3685,64 @@
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
-[...537 lines deleted...]
-
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
@@ -13514,51 +3755,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16" name="Рисунок 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{381CBF24-7D75-BBD4-B21C-F7099392D31D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{381CBF24-7D75-BBD4-B21C-F7099392D31D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-46169" y="0"/>
             <a:ext cx="12238169" cy="6883969"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -13596,6143 +3837,3484 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="TextBox 11"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8636874" y="4551890"/>
             <a:ext cx="1442254" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Астана, 2024</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6705600" y="2589143"/>
             <a:ext cx="5268685" cy="1707404"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1">
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ШЕБЕР ҰСТАЗ – ТАБЫСТЫ ОҚУШЫ</a:t>
+              <a:t>ПРОФЕССИОНАЛЬНЫЙ УЧИТЕЛЬ – УСПЕШНЫЙ УЧЕНИК</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Блок-схема: ручной ввод 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000" flipV="1">
-            <a:off x="-225256" y="-1022634"/>
+            <a:off x="-97349" y="-996668"/>
             <a:ext cx="6905739" cy="8855529"/>
           </a:xfrm>
           <a:prstGeom prst="flowChartManualInput">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:lumMod val="75000"/>
               <a:alpha val="73000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1685702828"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...75 lines deleted...]
-          <p:cNvPr id="44" name="Rounded Rectangle 2"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="64" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="2466407" y="-921803"/>
-            <a:ext cx="2008280" cy="5441202"/>
+            <a:off x="8115726" y="2308211"/>
+            <a:ext cx="2072208" cy="5566216"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...35 lines deleted...]
-          <p:cNvPr id="45" name="Rounded Rectangle 2"/>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="2422175" y="1236424"/>
-            <a:ext cx="2096750" cy="5441202"/>
+            <a:off x="2130506" y="-216735"/>
+            <a:ext cx="2379689" cy="5609620"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...133 lines deleted...]
-          </p:cNvPr>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2627 lines deleted...]
-        <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="2808730" y="3057504"/>
-            <a:ext cx="1323639" cy="5441202"/>
+            <a:off x="7926701" y="-224999"/>
+            <a:ext cx="2406857" cy="5609620"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...35 lines deleted...]
-          <p:cNvPr id="50" name="TextBox 49">
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямоугольник 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F919E7CF-A801-4068-87AC-D31DDCB1A9D4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A95CC78-0B72-45A9-AC84-2FC10687CC39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="534277" y="186225"/>
+            <a:ext cx="11456502" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>НАЦИОНАЛЬНАЯ ПЛАТФОРМА </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>НЕПРЕРЫВНОГО ПРОФЕССИОНАЛЬНОГО РАЗВИТИЯ ПЕДАГОГА</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D71E76-5287-401C-906A-A01A931B8F31}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="863901" y="5927186"/>
-            <a:ext cx="2486997" cy="577081"/>
+            <a:off x="840413" y="2834194"/>
+            <a:ext cx="2212587" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...22 lines deleted...]
-                  <a:prstClr val="black"/>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>модуль</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>вторизация</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> педагога через</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:uLnTx/>
-[...1 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...14 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...14 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЭЦП </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...14 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>физ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1100" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...14 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ического</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...108 lines deleted...]
-              </a:ln>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> лица</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1100" b="1" dirty="0">
               <a:solidFill>
-                <a:prstClr val="black"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:uLnTx/>
-[...1 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="51" name="TextBox 50">
+          <p:cNvPr id="8" name="Прямоугольник 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{463C9AF5-CEEA-4030-AB94-4CD449377403}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{488E8554-5100-4C8D-B254-E244A5C40F78}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1293245" y="1690594"/>
+            <a:ext cx="3225081" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Open Sans Light"/>
+                <a:cs typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>ЦИФРОВОЙ ПРОФИЛЬ ПЕДАГОГА</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Open Sans Light"/>
+              <a:cs typeface="Calibri Light"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D71E76-5287-401C-906A-A01A931B8F31}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3571824" y="5909455"/>
-            <a:ext cx="2495545" cy="415498"/>
+            <a:off x="481863" y="2215770"/>
+            <a:ext cx="1587965" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...27 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...14 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>модуль конструктора критериев</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TextBox 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D71E76-5287-401C-906A-A01A931B8F31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2229747" y="2237890"/>
+            <a:ext cx="1683492" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...14 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>модуль расчёта баллов цифрового профиля</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D71E76-5287-401C-906A-A01A931B8F31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3925182" y="2237890"/>
+            <a:ext cx="2076201" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...14 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>модуль разделения профиля по годам и должностям</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D71E76-5287-401C-906A-A01A931B8F31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3125493" y="2809189"/>
+            <a:ext cx="2212587" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...14 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>модуль ввода данных </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...14 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>через </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...14 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЭЦП юр</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1100" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...14 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>идического</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...91 lines deleted...]
-              </a:ln>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> лица</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1100" b="1" dirty="0">
               <a:solidFill>
-                <a:prstClr val="black"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:uLnTx/>
-[...1 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="53" name="Прямоугольник 52">
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="13" name="Прямая соединительная линия 12"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="614755" y="2132747"/>
+            <a:ext cx="5214300" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Овал 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8CD136A7-A3BD-420A-9825-0283F8A38116}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...943 lines deleted...]
-      </p:grpSp>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="1154660" y="2097902"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="85" name="Прямая соединительная линия 84"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvPr id="15" name="Прямая соединительная линия 14"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+            <a:stCxn id="20" idx="6"/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="0" cy="276067"/>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="2093715" y="2132748"/>
+            <a:ext cx="4670" cy="724876"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="16" name="Прямая соединительная линия 15"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="3938272" y="2132748"/>
+            <a:ext cx="5282" cy="701446"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="86" name="Рисунок 85">
+          <p:cNvPr id="17" name="Рисунок 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F64859DD-CE8E-86AE-A4A0-3CB26F652A51}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EAA8E9E-3A02-6CB8-0BB0-CF51193C3934}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
-[...14 lines deleted...]
-          <a:stretch/>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
-          <a:xfrm rot="5400000">
-[...1 lines deleted...]
-            <a:ext cx="293014" cy="264226"/>
+          <a:xfrm>
+            <a:off x="834648" y="1642683"/>
+            <a:ext cx="366854" cy="338616"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:cxnSp>
-[...31 lines deleted...]
-          <p:cNvPr id="88" name="Рисунок 87">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Овал 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F64859DD-CE8E-86AE-A4A0-3CB26F652A51}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...916 lines deleted...]
-          <p:cNvPr id="118" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...8 lines deleted...]
-          <a:noFill/>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="3014746" y="2097902"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
           <a:ln>
             <a:solidFill>
-              <a:srgbClr val="1C69D5"/>
+              <a:srgbClr val="FFC000"/>
             </a:solidFill>
           </a:ln>
-          <a:effectLst>
-[...7 lines deleted...]
-          </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
-          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Овал 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="4955464" y="2097902"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Овал 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="2051203" y="2763260"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Овал 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="3905379" y="2746327"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Прямоугольник 21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6688652" y="4929727"/>
+            <a:ext cx="1593316" cy="808875"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Прямоугольник 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CD136A7-A3BD-420A-9825-0283F8A38116}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7186235" y="1657890"/>
+            <a:ext cx="3281920" cy="318663"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Open Sans Light"/>
+                <a:cs typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>ПРАКТИКА ПЕДАГОГА</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Open Sans Light"/>
+              <a:cs typeface="Calibri Light"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="24" name="Рисунок 23"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6600079" y="1587759"/>
+            <a:ext cx="364357" cy="390951"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="TextBox 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D71E76-5287-401C-906A-A01A931B8F31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6335329" y="2350719"/>
+            <a:ext cx="1443218" cy="600164"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
-            <a:noAutofit/>
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...19 lines deleted...]
-              </a:ln>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>модуль ввода «Трансляция практик»</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="TextBox 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D71E76-5287-401C-906A-A01A931B8F31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7660886" y="2355903"/>
+            <a:ext cx="1601964" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>модуль ввода «Выступления»</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="TextBox 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D71E76-5287-401C-906A-A01A931B8F31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9030946" y="2338975"/>
+            <a:ext cx="1715970" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>модуль ввода «Публикации»</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="28" name="Прямая соединительная линия 27"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6505281" y="2137318"/>
+            <a:ext cx="5152933" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="29" name="Прямая соединительная линия 28"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+            <a:stCxn id="40" idx="2"/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="7762390" y="2153150"/>
+            <a:ext cx="5992" cy="702250"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="30" name="Прямая соединительная линия 29"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+            <a:stCxn id="41" idx="6"/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="9258267" y="2153148"/>
+            <a:ext cx="10165" cy="764572"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="31" name="Прямая соединительная линия 30"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+            <a:stCxn id="42" idx="2"/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="10503021" y="2137319"/>
+            <a:ext cx="386" cy="687056"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="TextBox 31">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D71E76-5287-401C-906A-A01A931B8F31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10515491" y="2331532"/>
+            <a:ext cx="1419447" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>модуль ввода «Рабочие группы»</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="TextBox 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D71E76-5287-401C-906A-A01A931B8F31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6567778" y="2957126"/>
+            <a:ext cx="2101526" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>модуля ввода «Рекомендованные материалы»</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="TextBox 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D71E76-5287-401C-906A-A01A931B8F31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8531254" y="2940198"/>
+            <a:ext cx="1687663" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>модуля ввода «Конкурсы и соревнования»</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="TextBox 34">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D71E76-5287-401C-906A-A01A931B8F31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10061767" y="2962785"/>
+            <a:ext cx="1626943" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>создание механизма загрузки файлов</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-KZ" sz="1100" b="1" dirty="0">
               <a:solidFill>
-                <a:prstClr val="white"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...4 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Овал 35">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="7014378" y="2111176"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37" name="Овал 36">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="8438156" y="2094987"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38" name="Овал 37">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="9841749" y="2094988"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="Овал 38">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="11099383" y="2094989"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40" name="Овал 39">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="7721200" y="2855400"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41" name="Овал 40">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="9221250" y="2823356"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="Овал 41">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="10455839" y="2824375"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="46" name="Rounded Rectangle 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="2302983" y="2286509"/>
+            <a:ext cx="2072208" cy="5609620"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 3616"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst>
+            <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="1C69D5">
+                <a:alpha val="42000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="66" name="Рисунок 65"/>
+          <p:cNvPr id="47" name="Рисунок 46"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6693723" y="995800"/>
-            <a:ext cx="364625" cy="364625"/>
+            <a:off x="830260" y="4220638"/>
+            <a:ext cx="435316" cy="288553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="50" name="TextBox 49">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F919E7CF-A801-4068-87AC-D31DDCB1A9D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="816648" y="4949765"/>
+            <a:ext cx="2102746" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>шаблон листа наблюдения урока с критериями оценивания</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="51" name="TextBox 50">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{463C9AF5-CEEA-4030-AB94-4CD449377403}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3524571" y="4932034"/>
+            <a:ext cx="2186004" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>модуль ввод и редактирование листа наблюдения урока</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="53" name="Прямоугольник 52">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CD136A7-A3BD-420A-9825-0283F8A38116}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1315312" y="4226250"/>
+            <a:ext cx="3302261" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Open Sans Light"/>
+                <a:cs typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>ЛИСТЫ НАБЛЮДЕНИЯ УРОКА</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Open Sans Light"/>
+              <a:cs typeface="Calibri Light"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="54" name="Прямая соединительная линия 53"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="714238" y="4720612"/>
+            <a:ext cx="5152933" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="55" name="Овал 54">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="1773657" y="4673430"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56" name="Овал 55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC73DE47-14BF-C9D6-A0DC-912847CEE4CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="4333510" y="4670828"/>
+            <a:ext cx="94364" cy="94364"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57" name="TextBox 56">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90B83D83-2761-4F8F-9B01-E73C3320B787}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6653392" y="4825621"/>
+            <a:ext cx="1605363" cy="808876"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1100" b="1" kern="100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>64 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" kern="100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>организаци</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>и – </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1100" b="1" kern="100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>204 793 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>слушателя</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2020 по 2023 год</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="58" name="Прямоугольник 57">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E110A92-5F32-40DC-BA3D-91794ECB9CC9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7170511" y="4282566"/>
+            <a:ext cx="4487704" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Open Sans Light"/>
+                <a:cs typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>И</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1400" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Open Sans Light"/>
+                <a:cs typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>НФОРМАЦИОННАЯ СИСТЕМА</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Open Sans Light"/>
+                <a:cs typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1400" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Open Sans Light"/>
+                <a:cs typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>«ЕДИНАЯ БАЗА ДАННЫХ СЛУШАТЕЛЕЙ»</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Open Sans Light"/>
+              <a:cs typeface="Calibri Light"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="59" name="Рисунок 58"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6854305" y="4345600"/>
+            <a:ext cx="348897" cy="327537"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="60" name="TextBox 59">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90B83D83-2761-4F8F-9B01-E73C3320B787}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9986413" y="4991845"/>
+            <a:ext cx="1713917" cy="454612"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Э</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" kern="100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>лектронный</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> сертификат,  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>QR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-код</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-KZ" sz="1100" b="1" kern="100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61" name="TextBox 60">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90B83D83-2761-4F8F-9B01-E73C3320B787}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8351180" y="5029719"/>
+            <a:ext cx="1644704" cy="627736"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>С 2024 года </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>данные вводятся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> еженедельно</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-KZ" sz="1100" b="1" kern="100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Прямоугольник 61"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8311839" y="4929727"/>
+            <a:ext cx="1644704" cy="813552"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="63" name="Прямоугольник 62"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10025755" y="4929727"/>
+            <a:ext cx="1662955" cy="824671"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="65" name="Прямая соединительная линия 64"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6688652" y="4929727"/>
+            <a:ext cx="1593316" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="67" name="Прямая соединительная линия 66"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8311839" y="4929727"/>
+            <a:ext cx="1644703" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="69" name="Прямая соединительная линия 68"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10025755" y="4929727"/>
+            <a:ext cx="1674575" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="66" name="Прямая соединительная линия 65"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1041184"/>
+            <a:ext cx="12192000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
+            <a:solidFill>
+              <a:schemeClr val="accent4">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3802371042"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2881040551"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1A19120E-2E2D-965D-8964-0CF7D8221A5A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A19120E-2E2D-965D-8964-0CF7D8221A5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="604630" y="315784"/>
+            <a:off x="604630" y="365393"/>
             <a:ext cx="10982739" cy="418886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:pPr algn="ctr">
               <a:spcBef>
-                <a:spcPct val="0"/>
+                <a:spcPts val="0"/>
               </a:spcBef>
-              <a:spcAft>
-[...6 lines deleted...]
-              <a:tabLst/>
+              <a:buClr>
+                <a:srgbClr val="0070CE"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...8 lines deleted...]
-                <a:uFillTx/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>АТТЕСТАЛАТЫН ПЕДАГОГ ІС-ӘРЕКЕТІНІҢ ҚАДАМДАРЫ </a:t>
-[...6 lines deleted...]
-              </a:lnSpc>
+              <a:t>ПОШАГОВЫЙ ПУТЬ АТТЕСТУЕМОГО ПЕДАГОГА</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="auto">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="0070CE"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
-              <a:buFontTx/>
-[...1 lines deleted...]
-              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="0" cap="all" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...2 lines deleted...]
-              </a:ln>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" kern="0" cap="all" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="+mj-ea"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...36 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="3216010" y="-1235002"/>
             <a:ext cx="476896" cy="4954856"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...19 lines deleted...]
-              </a:ln>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="34" charset="-127"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="7732962" y="-1609004"/>
             <a:ext cx="748182" cy="5995450"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
@@ -19744,449 +7326,139 @@
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...19 lines deleted...]
-              </a:ln>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="34" charset="-127"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1198268" y="1056014"/>
-            <a:ext cx="1893725" cy="369332"/>
+            <a:off x="1222404" y="1056014"/>
+            <a:ext cx="1545871" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...48 lines deleted...]
-              <a:t>ББ ТАПСЫРУ</a:t>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>СДАЧА ОЗП</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Прямоугольник 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5338712" y="1093550"/>
-            <a:ext cx="5068478" cy="523220"/>
+            <a:ext cx="5068478" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...267 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>согласно графику, утвержденному УО  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сдается в пунктах центра тестирования </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="8335121" y="-188922"/>
             <a:ext cx="584461" cy="4954856"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -20196,467 +7468,206 @@
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...19 lines deleted...]
-              </a:ln>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="34" charset="-127"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="3739660" y="-766354"/>
-            <a:ext cx="756351" cy="6281612"/>
+            <a:off x="3920340" y="-947035"/>
+            <a:ext cx="756351" cy="6642973"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...19 lines deleted...]
-              </a:ln>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="34" charset="-127"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Прямоугольник 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8141615" y="2103840"/>
-            <a:ext cx="2873094" cy="369332"/>
+            <a:off x="8548310" y="2103840"/>
+            <a:ext cx="2556470" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...31 lines deleted...]
-              <a:t>МАТЕРИАЛДАР ЖИНАУ</a:t>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>СБОР МАТЕРИАЛОВ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Прямоугольник 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1058833" y="2111880"/>
-            <a:ext cx="6118003" cy="523220"/>
+            <a:ext cx="6561169" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...218 lines deleted...]
-              <a:t> </a:t>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>администрация организации образования оказывает содействие </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в формировании материалов портфолио</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="3162229" y="797324"/>
             <a:ext cx="584461" cy="4954856"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
@@ -20667,79 +7678,56 @@
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...19 lines deleted...]
-              </a:ln>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="34" charset="-127"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="7751196" y="351151"/>
             <a:ext cx="730570" cy="5976595"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
@@ -20751,521 +7739,223 @@
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...19 lines deleted...]
-              </a:ln>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="34" charset="-127"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Прямоугольник 16"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1198268" y="3070788"/>
-            <a:ext cx="1712520" cy="369332"/>
+            <a:off x="1222406" y="3070788"/>
+            <a:ext cx="2689455" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...31 lines deleted...]
-              <a:t>ӨТІНІШ БЕРУ</a:t>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ПОДАЧА ЗАЯВЛЕНИЯ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Прямоугольник 17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5338713" y="3053084"/>
-            <a:ext cx="5068478" cy="523220"/>
+            <a:ext cx="5068478" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...116 lines deleted...]
-              <a:t>, </a:t>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>государственная услуга, </a:t>
             </a:r>
             <a:br>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...10 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" err="1">
-[...154 lines deleted...]
-              </a:ln>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>подается лично педагогом </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>электронно</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="20" name="Прямая со стрелкой 19"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11095351" y="1014630"/>
             <a:ext cx="0" cy="870731"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
-              <a:srgbClr val="002060"/>
+              <a:schemeClr val="accent6">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="21" name="Прямая со стрелкой 20"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="977029" y="1996275"/>
             <a:ext cx="0" cy="916607"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
-              <a:srgbClr val="002060"/>
+              <a:schemeClr val="accent6">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -21291,79 +7981,56 @@
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...19 lines deleted...]
-              </a:ln>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="34" charset="-127"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="3634716" y="1268584"/>
             <a:ext cx="966242" cy="6281612"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
@@ -21375,419 +8042,181 @@
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...19 lines deleted...]
-              </a:ln>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="34" charset="-127"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Прямоугольник 25"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7888748" y="4005709"/>
-            <a:ext cx="3124380" cy="646331"/>
+            <a:off x="7779455" y="4005709"/>
+            <a:ext cx="3342966" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...28 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:sym typeface="+mn-ea"/>
               </a:rPr>
-              <a:t>САРАПШЫЛЫҚ </a:t>
-[...32 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:t>РАССМОТРЕНИЕ </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ЭКСПЕРТНОЙ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:sym typeface="+mn-ea"/>
               </a:rPr>
-              <a:t>КОМИССИЯНЫҢ ҚАРАУЫ</a:t>
-[...4 lines deleted...]
-              </a:ln>
+              <a:t>КОМИССИЕЙ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="Прямоугольник 26"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1203104" y="4259797"/>
-            <a:ext cx="6118003" cy="307777"/>
+            <a:off x="1145354" y="4121299"/>
+            <a:ext cx="6118003" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...182 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в течение 1 месяца с момента подачи заявления </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="28" name="Прямая со стрелкой 27"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11095351" y="2982521"/>
             <a:ext cx="0" cy="867357"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
-              <a:srgbClr val="002060"/>
+              <a:schemeClr val="accent6">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -21813,2174 +8242,2839 @@
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...19 lines deleted...]
-              </a:ln>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="34" charset="-127"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="7389131" y="2920822"/>
-            <a:ext cx="1530112" cy="5901181"/>
+            <a:off x="7341119" y="2693701"/>
+            <a:ext cx="1351001" cy="6176316"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...19 lines deleted...]
-              </a:ln>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="34" charset="-127"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Прямоугольник 30"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1058181" y="5236293"/>
-            <a:ext cx="4215321" cy="646331"/>
+            <a:ext cx="3988849" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...67 lines deleted...]
-              <a:t>ШЕШІМ ШЫҒАРУЫ</a:t>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ВЫНЕСЕНИЕ РЕШЕНИЯ</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>АТТЕСТАЦИОННОЙ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>КОМИССИЕЙ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="Прямоугольник 31"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5338712" y="5170141"/>
-            <a:ext cx="5756639" cy="1384995"/>
+            <a:off x="4928462" y="5152571"/>
+            <a:ext cx="6432772" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...252 lines deleted...]
-              <a:t> </a:t>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>для педагогов, проходящих очередную аттестацию, </a:t>
             </a:r>
             <a:br>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...10 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...69 lines deleted...]
-              </a:ln>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>до 30 августа 2024 года</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...78 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>для переходящих </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>со</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" err="1">
-[...27 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>старого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" err="1">
-[...27 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>формата</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" err="1">
-[...27 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" err="1">
-[...27 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(І, ІІ, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>высшая</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" err="1">
-[...27 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>категория</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>на</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" err="1">
-[...27 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>действующий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> с 1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сентября</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...61 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>по</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 31 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>декабря</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 2024 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>года</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...96 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="33" name="Прямая со стрелкой 32"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="977029" y="3938579"/>
             <a:ext cx="0" cy="1076481"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
-              <a:srgbClr val="002060"/>
+              <a:schemeClr val="accent6">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="36" name="Прямая соединительная линия 35"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="977029" y="1003977"/>
             <a:ext cx="10118322" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
-              <a:srgbClr val="002060"/>
+              <a:schemeClr val="accent6">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="38" name="Прямая соединительная линия 37"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="977029" y="1996275"/>
             <a:ext cx="10118322" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
-              <a:srgbClr val="002060"/>
+              <a:schemeClr val="accent6">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="40" name="Прямая соединительная линия 39"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="977029" y="2974163"/>
             <a:ext cx="10118322" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
-              <a:srgbClr val="002060"/>
+              <a:schemeClr val="accent6">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="42" name="Прямая соединительная линия 41"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="977029" y="3938579"/>
             <a:ext cx="10118322" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
-              <a:srgbClr val="002060"/>
+              <a:schemeClr val="accent6">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="44" name="Прямая соединительная линия 43"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="977029" y="5114044"/>
             <a:ext cx="10118322" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
-              <a:srgbClr val="002060"/>
+              <a:schemeClr val="accent6">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="45" name="TextBox 44"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="461286" y="948292"/>
             <a:ext cx="393056" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...29 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="TextBox 45"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11194313" y="1995962"/>
             <a:ext cx="393056" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...29 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47" name="TextBox 46"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="461286" y="2963066"/>
             <a:ext cx="393056" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...29 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>3</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="TextBox 47"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11194313" y="3982799"/>
             <a:ext cx="393056" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...29 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>4</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="49" name="TextBox 48"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="461286" y="5177382"/>
             <a:ext cx="393056" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...29 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>5</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="39" name="Прямая соединительная линия 38"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="721348"/>
+            <a:ext cx="12192000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
+            <a:solidFill>
+              <a:schemeClr val="accent4">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="477989039"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3634052297"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37" name="Rounded Rectangle 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="5911765" y="-655992"/>
+            <a:ext cx="502490" cy="10407638"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 3616"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst>
+            <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="1C69D5">
+                <a:alpha val="42000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="4" name="Прямая соединительная линия 3"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="721348"/>
+            <a:ext cx="12192000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
+            <a:solidFill>
+              <a:schemeClr val="accent4">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A19120E-2E2D-965D-8964-0CF7D8221A5A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="566790" y="146456"/>
+            <a:ext cx="10982739" cy="499413"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="2000" b="1" kern="0" cap="all" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>МЕХАНИЗМ РАЗЪЯСНИТЕЛЬНОЙ РАБОТЫ</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямоугольник 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="981481" y="1266299"/>
+            <a:ext cx="1573730" cy="2551557"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Прямоугольник 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2721125" y="1266299"/>
+            <a:ext cx="1573730" cy="2551557"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Прямоугольник 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4460768" y="1266299"/>
+            <a:ext cx="1687125" cy="2551557"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Прямоугольник 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6313808" y="1266299"/>
+            <a:ext cx="1573730" cy="2551557"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Прямоугольник 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8053452" y="1266299"/>
+            <a:ext cx="1573730" cy="2551557"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Прямоугольник 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9793096" y="1266299"/>
+            <a:ext cx="1573730" cy="2551557"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Прямоугольник 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1034000" y="2418598"/>
+            <a:ext cx="1468692" cy="1077218"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Обучение </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>кураторов мобильных групп</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="27" name="Рисунок 26"/>
+          <p:cNvPr id="14" name="Рисунок 13"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId2">
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
-              </a:ext>
-[...399 lines deleted...]
-                </a14:imgProps>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="844805" cy="741361"/>
+          <a:xfrm>
+            <a:off x="1568581" y="1596456"/>
+            <a:ext cx="486461" cy="486461"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Прямоугольник 14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2773644" y="2418598"/>
+            <a:ext cx="1468692" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>разъяснение</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в регионах  </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="52" name="Рисунок 51"/>
+          <p:cNvPr id="16" name="Рисунок 15"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId14">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
-              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
-[...6 lines deleted...]
-                </a14:imgProps>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="844805" cy="741361"/>
+          <a:xfrm>
+            <a:off x="3246006" y="1621452"/>
+            <a:ext cx="571850" cy="571850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Прямоугольник 16"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4408250" y="2418598"/>
+            <a:ext cx="1739644" cy="830997"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>азъяснение</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в организациях образования</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="53" name="Рисунок 52"/>
+          <p:cNvPr id="18" name="Рисунок 17"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId14">
+          <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
-              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
-[...6 lines deleted...]
-                </a14:imgProps>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="844805" cy="741361"/>
+          <a:xfrm>
+            <a:off x="10454802" y="1721117"/>
+            <a:ext cx="430490" cy="430490"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Прямоугольник 18"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6313806" y="2418598"/>
+            <a:ext cx="1583970" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>вопросы-ответы</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="54" name="Рисунок 53"/>
+          <p:cNvPr id="20" name="Рисунок 19"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId14">
+          <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
-              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
-[...6 lines deleted...]
-                </a14:imgProps>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="844805" cy="741361"/>
+          <a:xfrm>
+            <a:off x="6808897" y="1670421"/>
+            <a:ext cx="534584" cy="534584"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Прямоугольник 20"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8043212" y="2418598"/>
+            <a:ext cx="1583970" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>раздаточный материал</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="22" name="Рисунок 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BEF7AC0-B825-4857-9447-CDBCFEFBECF1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8546877" y="1671592"/>
+            <a:ext cx="521710" cy="521710"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Прямоугольник 22"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9793096" y="2372432"/>
+            <a:ext cx="1583970" cy="840230"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Call-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>центр</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>горячая линия</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1100" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(обл.метод кабинет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1100" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1100" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-KZ" sz="1100" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1100" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>40 чел.  </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1100" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="24" name="Рисунок 23"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5100768" y="1621452"/>
+            <a:ext cx="545888" cy="545888"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="26" name="Прямая со стрелкой 25"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="981481" y="1266299"/>
+            <a:ext cx="1667451" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="28" name="Прямая со стрелкой 27"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2721125" y="1266299"/>
+            <a:ext cx="1667451" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="29" name="Прямая со стрелкой 28"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4455657" y="1266299"/>
+            <a:ext cx="1766034" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="31" name="Прямая со стрелкой 30"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6313806" y="1266299"/>
+            <a:ext cx="1651843" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="33" name="Прямая со стрелкой 32"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8043212" y="1266299"/>
+            <a:ext cx="1651843" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="35" name="Прямая соединительная линия 34"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11377066" y="1266299"/>
+            <a:ext cx="0" cy="2551557"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Прямоугольник 35"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1194040" y="4358136"/>
+            <a:ext cx="7186388" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="ctr">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" kern="0" cap="all" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>О</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" b="1" kern="0" cap="all" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>СНОВНЫЕ ВОПРОСЫ СЕМИНАР</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" kern="0" cap="all" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОВ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" b="1" kern="0" cap="all" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" kern="0" cap="all" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38" name="Прямоугольник 37"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1301333" y="5340077"/>
+            <a:ext cx="1347599" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Философия аттестации</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="Прямоугольник 47"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3696527" y="5340077"/>
+            <a:ext cx="1618225" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>П</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ереходный период</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49" name="Прямоугольник 48"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6139546" y="5340077"/>
+            <a:ext cx="2240882" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Критерии оценивания педагога</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="50" name="Прямоугольник 49"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9023734" y="5340077"/>
+            <a:ext cx="2240882" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Проект Платформы «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ұстаз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>»</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="52" name="Прямая соединительная линия 51"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1301333" y="5261283"/>
+            <a:ext cx="1419792" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="50000"/>
+                <a:lumOff val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="54" name="Прямая соединительная линия 53"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3745761" y="5261283"/>
+            <a:ext cx="1419792" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="50000"/>
+                <a:lumOff val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="55" name="Прямая соединительная линия 54"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6147893" y="5261283"/>
+            <a:ext cx="2157121" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="50000"/>
+                <a:lumOff val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="57" name="Прямая соединительная линия 56"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9023734" y="5261283"/>
+            <a:ext cx="2157121" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="50000"/>
+                <a:lumOff val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="58" name="Прямая соединительная линия 57"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2040777" y="4799072"/>
+            <a:ext cx="0" cy="462211"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="50000"/>
+                <a:lumOff val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="61" name="Прямая соединительная линия 60"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4488525" y="4799072"/>
+            <a:ext cx="0" cy="462211"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="50000"/>
+                <a:lumOff val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="62" name="Прямая соединительная линия 61"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7335420" y="4799072"/>
+            <a:ext cx="0" cy="462211"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="50000"/>
+                <a:lumOff val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="63" name="Прямая соединительная линия 62"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10182315" y="4799072"/>
+            <a:ext cx="0" cy="462211"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="50000"/>
+                <a:lumOff val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="64" name="Прямая соединительная линия 63"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1301333" y="6055941"/>
+            <a:ext cx="1419792" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="50000"/>
+                <a:lumOff val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="65" name="Прямая соединительная линия 64"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3745761" y="6055941"/>
+            <a:ext cx="1419792" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="50000"/>
+                <a:lumOff val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="66" name="Прямая соединительная линия 65"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6147893" y="6055941"/>
+            <a:ext cx="2157121" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="50000"/>
+                <a:lumOff val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="67" name="Прямая соединительная линия 66"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9023734" y="6055941"/>
+            <a:ext cx="2157121" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="50000"/>
+                <a:lumOff val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2071669972"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3003761430"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -23993,66 +11087,66 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9235289" y="6307251"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C37A03D-2B07-493C-91EA-3145C93517F4}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1A19120E-2E2D-965D-8964-0CF7D8221A5A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A19120E-2E2D-965D-8964-0CF7D8221A5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="620014" y="71308"/>
             <a:ext cx="10982739" cy="810325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -24064,61 +11158,61 @@
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr" fontAlgn="auto">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="0070CE"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2000" b="1" kern="0" cap="all">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2000" b="1" kern="0" cap="all" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>АТТЕСТАТТАУ</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2000" b="1" kern="0" cap="all">
+              <a:t>АТТЕСТАЦИЯ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" kern="0" cap="all" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="7" name="Прямая соединительная линия 6"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="784279"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="57150">
@@ -24187,121 +11281,71 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2050591" y="1767967"/>
-            <a:ext cx="3649169" cy="646331"/>
+            <a:ext cx="3783874" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" err="1">
-[...56 lines deleted...]
-              <a:t> даму факторы</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Фактор непрерывного профессионального развития педагога</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="2426207" y="1881938"/>
             <a:ext cx="1963436" cy="4853083"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
@@ -24339,206 +11383,59 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Прямоугольник 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2050591" y="3561167"/>
             <a:ext cx="3783874" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" err="1">
-[...154 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Система объективного оценивания деятельности педагога через достижения обучающихся</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15" name="Рисунок 14"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -24635,166 +11532,59 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Прямоугольник 17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7317166" y="1826760"/>
             <a:ext cx="4285587" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" err="1">
-[...114 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Стимулирование самообразования и карьерного  роста</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Рисунок 18"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -24861,95 +11651,68 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Прямоугольник 20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7317166" y="3375063"/>
             <a:ext cx="4285587" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" err="1">
-[...34 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Социальная справедливость</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="22" name="Рисунок 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0BEF7AC0-B825-4857-9447-CDBCFEFBECF1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BEF7AC0-B825-4857-9447-CDBCFEFBECF1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6599319" y="3271408"/>
             <a:ext cx="576641" cy="576641"/>
           </a:xfrm>
@@ -25013,187 +11776,153 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Прямоугольник 23"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7317167" y="4560241"/>
             <a:ext cx="4285587" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" err="1">
-[...34 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Академическая честность</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="25" name="Рисунок 24"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6665251" y="4478359"/>
             <a:ext cx="533095" cy="533095"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3205550625"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9235289" y="6307251"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C37A03D-2B07-493C-91EA-3145C93517F4}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>3</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Прямоугольник 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="547850" y="110485"/>
             <a:ext cx="11127068" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -25335,52 +12064,52 @@
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="2001511" y="-451996"/>
-            <a:ext cx="2679649" cy="4954856"/>
+            <a:off x="2152377" y="-602863"/>
+            <a:ext cx="2679649" cy="5256589"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -25396,258 +12125,157 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="TextBox 28"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="855135" y="1542441"/>
-            <a:ext cx="4930273" cy="1200329"/>
+            <a:off x="2193450" y="1113437"/>
+            <a:ext cx="3236098" cy="1754326"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...140 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1">
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Аттестаци</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>онная комиссия принимает решение один раз в</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> год</a:t>
+            </a:r>
+            <a:endParaRPr lang="" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...10 lines deleted...]
-            <a:endParaRPr lang="ru-RU" i="1">
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глава 2, п.9</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3020651" y="878599"/>
+            <a:off x="1346872" y="1177291"/>
             <a:ext cx="599242" cy="599242"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="7661233" y="-431587"/>
             <a:ext cx="2671244" cy="4957296"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
@@ -25680,303 +12308,182 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="TextBox 17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6625204" y="1566803"/>
-            <a:ext cx="4740859" cy="1477328"/>
+            <a:off x="7900905" y="1113437"/>
+            <a:ext cx="3574598" cy="2092881"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...5 lines deleted...]
-                <a:latin typeface="Arial"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
-                <a:cs typeface="Arial"/>
-[...8 lines deleted...]
-                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Организация образования </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
-                <a:cs typeface="Arial"/>
-[...8 lines deleted...]
-                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>содействует в формировании материалов педагогов</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
-                <a:cs typeface="Arial"/>
-[...8 lines deleted...]
-                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
-                <a:cs typeface="Arial"/>
-[...112 lines deleted...]
-            <a:pPr algn="ctr"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>для аттестации</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...22 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глава 4, п.79</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
-              <a:cs typeface="Arial"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Рисунок 18"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8604548" y="913485"/>
+            <a:off x="6978126" y="1177291"/>
             <a:ext cx="669644" cy="669644"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="2061590" y="2474808"/>
-            <a:ext cx="2680229" cy="5075596"/>
+            <a:off x="2152086" y="2384312"/>
+            <a:ext cx="2680229" cy="5256588"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -25992,329 +12499,205 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="TextBox 21"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="857946" y="4463952"/>
-            <a:ext cx="4890588" cy="1754326"/>
+            <a:off x="2145590" y="4077075"/>
+            <a:ext cx="3978005" cy="2092881"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...26 lines deleted...]
-                <a:cs typeface="Arial"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Урок </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(занятие, мероприятие, организованная деятельность) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>основной показатель</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" b="1">
+            <a:r>
+              <a:rPr lang="ru-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>владения методикой преподавания.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...46 lines deleted...]
-                <a:cs typeface="Arial"/>
+            <a:r>
+              <a:rPr lang="ru-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...119 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1">
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...10 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2200">
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глава 3, п. 49</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="23" name="Рисунок 22"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3020651" y="3876603"/>
+            <a:off x="1346872" y="4218530"/>
             <a:ext cx="497313" cy="497313"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="7701431" y="2433829"/>
             <a:ext cx="2671245" cy="5075594"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
@@ -26362,447 +12745,489 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="26" name="Рисунок 25"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8930258" y="3776355"/>
+            <a:off x="7014427" y="4053543"/>
             <a:ext cx="601441" cy="601441"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="TextBox 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9867C7AB-0145-4191-927A-74245CC550F1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9867C7AB-0145-4191-927A-74245CC550F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6625204" y="4467187"/>
-            <a:ext cx="4930273" cy="1477328"/>
+            <a:off x="7975984" y="4053543"/>
+            <a:ext cx="3424439" cy="1754326"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...199 lines deleted...]
-            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Динамика качества знаний обучающихся - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>основной показатель эффективности деятельности </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>для педагога</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...20 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0">
+            <a:endParaRPr lang="ru-KZ" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глава 3, п. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2026763" y="2446173"/>
+            <a:ext cx="1866507" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Прямоугольник 24"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7821696" y="2446173"/>
+            <a:ext cx="1866507" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Прямоугольник 26"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2026763" y="5397290"/>
+            <a:ext cx="1866507" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Прямоугольник 29"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7821696" y="5397290"/>
+            <a:ext cx="1866507" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="259717335"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9235289" y="6307251"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C37A03D-2B07-493C-91EA-3145C93517F4}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>4</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Прямоугольник 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="547850" y="110485"/>
             <a:ext cx="11127068" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" b="1">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mj-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="4876286" y="-3666372"/>
-            <a:ext cx="2536142" cy="10710286"/>
+            <a:off x="4737275" y="-3537745"/>
+            <a:ext cx="2675163" cy="10710286"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -26819,743 +13244,376 @@
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Malgun Gothic" panose="020B0503020000020004" charset="-127"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="TextBox 17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2118360" y="756472"/>
-            <a:ext cx="9376221" cy="1846659"/>
+            <a:off x="3142739" y="577351"/>
+            <a:ext cx="7464150" cy="2577629"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="ru-RU"/>
             </a:defPPr>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="2000">
                 <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...4 lines deleted...]
-                <a:latin typeface="Arial"/>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
-                <a:cs typeface="Arial"/>
-[...8 lines deleted...]
-                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Более 40 000 педагогов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
-                <a:cs typeface="Arial"/>
-[...190 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1800">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
-[...8 lines deleted...]
-                <a:latin typeface="Arial"/>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
-                <a:cs typeface="Arial"/>
-[...168 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1800">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>второй, первой, высшей категории</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> перейдут на действующий формат аттестации</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-KZ" sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
-[...179 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1800">
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="ru-RU" sz="1200" i="1">
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:tabLst>
+                <a:tab pos="3150870" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Педагоги</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> школ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>переходят на новый формат - до 31 декабря текущего года ;</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...10 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" i="1">
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:tabLst>
+                <a:tab pos="3150870" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>педагоги </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>других организаций образования – до 31 декабря 2025 года.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l">
+              <a:tabLst>
+                <a:tab pos="180975" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l">
+              <a:tabLst>
+                <a:tab pos="180975" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глава 4, п</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 76</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> п. 84</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:tabLst>
+                <a:tab pos="180975" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1800" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Рисунок 18"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1235749" y="651214"/>
+            <a:off x="1612277" y="620530"/>
             <a:ext cx="707351" cy="707351"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="4680107" y="-355805"/>
-            <a:ext cx="2859248" cy="10641032"/>
+            <a:off x="4618815" y="-417097"/>
+            <a:ext cx="2981832" cy="10641032"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -27565,64 +13623,120 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="25" name="Прямоугольник 24">
+          <p:cNvPr id="21" name="Прямоугольник 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B54FF8C4-5987-47F5-86C8-E8704137FE9A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA0CC510-8265-4AA1-B0A0-07FE3A4916B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1890343" y="3675800"/>
-            <a:ext cx="8938550" cy="2619554"/>
+            <a:off x="6548077" y="852468"/>
+            <a:ext cx="5207266" cy="729430"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:tabLst>
+                <a:tab pos="3150870" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Прямоугольник 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B54FF8C4-5987-47F5-86C8-E8704137FE9A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3142739" y="4073415"/>
+            <a:ext cx="7726366" cy="2043783"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
             <a:noFill/>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
@@ -27689,795 +13803,454 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr defTabSz="914400">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="914400">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>с 1 года до 2 лет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="914400">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>продлен срок действия категории для:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:pPr marL="285750" indent="-285750" defTabSz="914400">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...545 lines deleted...]
-            <a:endParaRPr lang="kk-KZ" i="1">
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr" defTabSz="914400">
+            <a:pPr marL="285750" indent="-285750" defTabSz="914400">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" i="1">
-[...31 lines deleted...]
-                  <a:srgbClr val="002060"/>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>временно нетрудоспособных; </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" defTabSz="914400">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>лиц после декретного отпуска;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" defTabSz="914400">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>перешедших из организаций образования в  Министерство, управления образования, методкабинеты</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" defTabSz="914400">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="914400">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глава</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 2. п.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>51</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...19 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1">
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="2200" b="1">
+            <a:endParaRPr lang="ru-RU" sz="2200" b="1" baseline="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" defTabSz="914400">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="34" name="Рисунок 33"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1282808" y="3675799"/>
+            <a:off x="1662502" y="3939750"/>
             <a:ext cx="607535" cy="575771"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Прямоугольник 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2988297" y="2446173"/>
+            <a:ext cx="2592371" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Прямоугольник 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2988297" y="5646497"/>
+            <a:ext cx="2592371" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3994639566"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9235289" y="6307251"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C37A03D-2B07-493C-91EA-3145C93517F4}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>5</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Прямоугольник 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="547850" y="110485"/>
             <a:ext cx="11127068" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -28560,51 +14333,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Рисунок 18"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2950249" y="641571"/>
+            <a:off x="1235643" y="951508"/>
             <a:ext cx="707351" cy="707351"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="7866813" y="-926213"/>
             <a:ext cx="2536145" cy="5303278"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
@@ -28652,68 +14425,68 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="23" name="Рисунок 22"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8931633" y="645392"/>
+            <a:off x="6820029" y="1011236"/>
             <a:ext cx="587894" cy="587894"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="1958729" y="2229818"/>
-            <a:ext cx="2812245" cy="5342619"/>
+            <a:off x="1852066" y="2123154"/>
+            <a:ext cx="3025572" cy="5342619"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -28729,349 +14502,163 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Прямоугольник 17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1022408" y="4576293"/>
-            <a:ext cx="5013752" cy="923330"/>
+            <a:off x="2345475" y="3734250"/>
+            <a:ext cx="3778958" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...196 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>10 вопросов  Закона РК </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«О противодействии коррупции» - в ОЗП для руководителей </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="33" name="Прямоугольник 32"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2503377" y="5563502"/>
+            <a:off x="2345475" y="5419180"/>
             <a:ext cx="1935613" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" i="1">
-[...18 lines deleted...]
-            <a:endParaRPr lang="ru-RU"/>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>приложение 11</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="34" name="Рисунок 33"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3297504" y="3796480"/>
+            <a:off x="1235643" y="3795479"/>
             <a:ext cx="607535" cy="575771"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="7687887" y="2270977"/>
-            <a:ext cx="2848363" cy="5224185"/>
+            <a:off x="7579854" y="2162943"/>
+            <a:ext cx="3064430" cy="5224185"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -29087,768 +14674,655 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="36" name="Прямоугольник 35"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1131734" y="1449970"/>
-            <a:ext cx="4447984" cy="1815882"/>
+            <a:off x="2391148" y="921920"/>
+            <a:ext cx="3675504" cy="2092881"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" algn="ctr"/>
-[...20 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1">
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Тест ОЗП сдают </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>за</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>местители</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>руководител</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ей, и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>методисты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="0" algn="ctr"/>
-[...80 lines deleted...]
-            <a:endParaRPr lang="ru-RU" i="1">
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="0" algn="ctr"/>
-[...23 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2200">
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глава 2, п. 32 </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="37" name="Рисунок 36"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8856017" y="3708456"/>
+            <a:off x="6948275" y="3734250"/>
             <a:ext cx="596903" cy="584803"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="TextBox 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1BFBD291-5E7B-417B-8E4E-4B19B4C59129}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BFBD291-5E7B-417B-8E4E-4B19B4C59129}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6612283" y="4000857"/>
-            <a:ext cx="4736335" cy="1815882"/>
+            <a:off x="7920721" y="3141634"/>
+            <a:ext cx="3527279" cy="2646878"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="ru-RU" b="1">
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="ru-RU" b="1">
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...11 lines deleted...]
-              <a:rPr lang="ru-RU">
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>При назначении из Кадрового резерва директоров присваивается  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«Руководитель первой категории»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" err="1">
-[...49 lines deleted...]
-              <a:rPr lang="ru-RU">
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...129 lines deleted...]
-            <a:endParaRPr lang="ru-RU">
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глава 3, п.79</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="TextBox 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C5DB9DB-EE9F-438A-92AC-4B0BD5CD476F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7821339" y="921920"/>
+            <a:ext cx="3781693" cy="1754326"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>В перечень достижений педагога включены </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>творческие , спортивные конкурсы и соревнования </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...222 lines deleted...]
-            <a:endParaRPr lang="ru-RU" i="1">
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>П</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>риложение 1</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Прямоугольник 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2219364" y="2259458"/>
+            <a:ext cx="2296076" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Прямоугольник 20"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7738966" y="2259458"/>
+            <a:ext cx="2296076" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Прямоугольник 21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2219364" y="5378867"/>
+            <a:ext cx="2296076" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Прямоугольник 25"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7738966" y="5378867"/>
+            <a:ext cx="2296076" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3655761949"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -29873,52 +15347,52 @@
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="4568054" y="-328051"/>
-            <a:ext cx="2826106" cy="10947415"/>
+            <a:off x="4720620" y="-82578"/>
+            <a:ext cx="2826106" cy="10381551"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -29948,68 +15422,68 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="33" name="Рисунок 32"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1290355" y="3945817"/>
-            <a:ext cx="782766" cy="782766"/>
+            <a:off x="1683313" y="4030658"/>
+            <a:ext cx="711095" cy="711095"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="4463673" y="-3654202"/>
-            <a:ext cx="3037649" cy="10944635"/>
+            <a:off x="4594459" y="-3371342"/>
+            <a:ext cx="3037649" cy="10378914"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -30025,1464 +15499,513 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="TextBox 34"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="954902" y="948691"/>
-            <a:ext cx="10291402" cy="1723549"/>
+            <a:off x="2760215" y="826687"/>
+            <a:ext cx="7701700" cy="2596993"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...9 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...100 lines deleted...]
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Нарушение порядка сдачи теста ОЗП</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Запрет на участие снижен с 5 лет до 1 года</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...695 lines deleted...]
-            </a:r>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:tabLst>
+                <a:tab pos="3150870" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>При повторном нарушении: педагог, руководитель (заведующий) отделом, методист методического кабинета (центра) - на пять лет, первый руководитель (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зам.руководителя</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>) организации образования, методического кабинета (центра) – на три года. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:tabLst>
+                <a:tab pos="3150870" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глава</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 2. п.46</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="36" name="Рисунок 35"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1327995" y="538978"/>
+            <a:off x="1618800" y="925477"/>
             <a:ext cx="613125" cy="613125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="TextBox 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{19B0D2C9-8FB9-44C2-A054-7F32B5408F1F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19B0D2C9-8FB9-44C2-A054-7F32B5408F1F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1713430" y="4187958"/>
-            <a:ext cx="9142180" cy="1661993"/>
+            <a:off x="2884959" y="4030658"/>
+            <a:ext cx="6841666" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="kk-KZ" b="1" dirty="0">
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>В случае отрицательного теста ОЗП</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>при подтверждении - категория на один уровень ниже</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>при повышении - категория не выше результатов ОЗП</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>глава</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> 2. п.46</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...413 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Прямоугольник 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2760215" y="2726847"/>
+            <a:ext cx="2592371" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:r>
-[...28 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Прямоугольник 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2667785" y="5368482"/>
+            <a:ext cx="2592371" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="8001725" y="-338466"/>
-            <a:ext cx="2536142" cy="5299843"/>
+            <a:off x="7792316" y="43479"/>
+            <a:ext cx="2724486" cy="5069363"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -31503,121 +16026,121 @@
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Malgun Gothic" panose="020B0503020000020004" charset="-127"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9235289" y="6351679"/>
+            <a:off x="9235289" y="6181999"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C37A03D-2B07-493C-91EA-3145C93517F4}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>7</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Прямоугольник 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="851420" y="3106222"/>
+            <a:off x="851420" y="3278755"/>
             <a:ext cx="11127068" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" b="1">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mj-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="1997991" y="-611070"/>
-            <a:ext cx="2456696" cy="5845054"/>
+            <a:off x="2255446" y="-148384"/>
+            <a:ext cx="2686597" cy="5494649"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -31633,294 +16156,241 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="Прямоугольник 17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="945128" y="1591170"/>
-            <a:ext cx="3933440" cy="1739949"/>
+            <a:off x="2011829" y="1500428"/>
+            <a:ext cx="4681061" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="2"/>
-[...44 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1">
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Тест ОЗП  </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="2"/>
-[...106 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1">
+            <a:endParaRPr lang="" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...10 lines deleted...]
-            <a:endParaRPr lang="ru-RU">
+            <a:pPr marL="0" lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Предметные знания</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Методика преподавания</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глава 2, п. 3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="528116" y="1101176"/>
+            <a:off x="1216263" y="1477367"/>
             <a:ext cx="646608" cy="646608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="4860474" y="-389752"/>
-            <a:ext cx="2823130" cy="11295348"/>
+            <a:off x="5150884" y="-38548"/>
+            <a:ext cx="2238889" cy="10837819"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -31930,1238 +16400,829 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Правая фигурная скобка 4"/>
-[...36 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4635483" y="2243278"/>
-            <a:ext cx="1072730" cy="369332"/>
+            <a:off x="4867787" y="2059374"/>
+            <a:ext cx="1169936" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+          <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU">
-[...4 lines deleted...]
-                <a:cs typeface="+mn-lt"/>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>50 </a:t>
             </a:r>
-            <a:r>
-[...19 lines deleted...]
-            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>вопросов</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="22" name="Рисунок 21"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8967140" y="1082226"/>
-            <a:ext cx="514580" cy="514580"/>
+            <a:off x="6937532" y="1545854"/>
+            <a:ext cx="678737" cy="678737"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="TextBox 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5CB743B5-9A1C-45F0-96D9-5C16CBB16064}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CB743B5-9A1C-45F0-96D9-5C16CBB16064}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="159622" y="140528"/>
-            <a:ext cx="11978488" cy="769441"/>
+            <a:off x="0" y="182962"/>
+            <a:ext cx="11978488" cy="615553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="+mn-lt"/>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" kern="0" cap="all" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Условия и порядок аттестации в переходный период</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="2000" b="1" kern="0" cap="all" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...99 lines deleted...]
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2200">
-[...130 lines deleted...]
-              <a:cs typeface="+mn-lt"/>
+              <a:rPr lang="ru-KZ" sz="1400" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(До начала функционирования платформы «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ұ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1400" kern="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>стаз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1400" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>»)   </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" kern="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Прямоугольник 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{99385A62-A9BD-4046-920C-551E8FC3341E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99385A62-A9BD-4046-920C-551E8FC3341E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6645358" y="1752055"/>
-            <a:ext cx="5256397" cy="1797458"/>
+            <a:off x="7846751" y="1520722"/>
+            <a:ext cx="3842486" cy="1990738"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...275 lines deleted...]
-            <a:pPr algn="ctr">
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Государственная услуга оказывается</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:tabLst>
                 <a:tab pos="3150870" algn="l"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU"/>
-[...13 lines deleted...]
-            <a:endParaRPr lang="ru-RU"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>через портал электронного правительства (далее - портал) или канцелярию </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>услугодателя</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глава 4, п.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>80</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="TextBox 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{831AE81C-326B-4899-A990-0FA179F1F810}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{831AE81C-326B-4899-A990-0FA179F1F810}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1440121" y="4593771"/>
-            <a:ext cx="10387395" cy="1754326"/>
+            <a:off x="1862871" y="4402182"/>
+            <a:ext cx="8088312" cy="1754326"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="ru-RU"/>
             </a:defPPr>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="2000">
                 <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...352 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1800">
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>От теста ОЗП </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="en-US" sz="1800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ea typeface="+mj-lt"/>
-              <a:cs typeface="+mj-lt"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...8 lines deleted...]
-            </a:r>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>при подтверждении освобождаются педагоги</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>имеющие 30 и более лет педагогического стажа </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(«педагог-мастер» не освобождается от ОЗП</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(глава 4, п.90)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Прямая соединительная линия 14"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="963388"/>
+            <a:ext cx="12192000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
+            <a:solidFill>
+              <a:schemeClr val="accent4">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Равнобедренный треугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="4520413" y="2243603"/>
+            <a:ext cx="254524" cy="160256"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="8" name="Прямая соединительная линия 7"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2072607" y="1951350"/>
+            <a:ext cx="3965116" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="19" name="Прямая соединительная линия 18"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2072607" y="2771482"/>
+            <a:ext cx="3965116" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Прямоугольник 20"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1862871" y="3072096"/>
+            <a:ext cx="2592371" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Прямоугольник 25"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7449599" y="3125122"/>
+            <a:ext cx="2592371" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Прямоугольник 26"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1862871" y="5754012"/>
+            <a:ext cx="2592371" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Rounded Rectangle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C527F26A-DFCE-4082-A088-B57E72CA1840}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C527F26A-DFCE-4082-A088-B57E72CA1840}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="5432855" y="-476832"/>
             <a:ext cx="1990726" cy="11149314"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
@@ -33169,70 +17230,70 @@
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1600">
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="41" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="8331840" y="118912"/>
-            <a:ext cx="2212691" cy="5010873"/>
+            <a:off x="8242143" y="57845"/>
+            <a:ext cx="2392088" cy="5010873"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -33261,1500 +17322,1102 @@
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9258677" y="6443643"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU">
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>7</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="2349218" y="41221"/>
-            <a:ext cx="2197554" cy="5194830"/>
+            <a:off x="2560378" y="-319476"/>
+            <a:ext cx="2375724" cy="5795317"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1600">
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1024085" y="1517472"/>
+            <a:off x="1257432" y="1912761"/>
             <a:ext cx="620163" cy="620163"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="40" name="Рисунок 39"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9024264" y="1534377"/>
+            <a:off x="7317062" y="1902523"/>
             <a:ext cx="599242" cy="599242"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="TextBox 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D6FEBD33-CC0F-423C-8381-A6E9CD02628F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6FEBD33-CC0F-423C-8381-A6E9CD02628F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="32657" y="280933"/>
-            <a:ext cx="11978488" cy="769441"/>
+            <a:off x="0" y="213416"/>
+            <a:ext cx="12192000" cy="615553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" b="1" err="1">
+              <a:rPr lang="kk-KZ" sz="2000" b="1" kern="0" cap="all" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Условия и порядок аттестации</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="2000" b="1" kern="0" cap="all" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1400" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>с начала функционирования Платформы «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ұ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1400" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>стаз»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="1400" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" kern="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Прямоугольник 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BB6EB94-0E24-48E9-8778-E637C85777CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2083287" y="1883557"/>
+            <a:ext cx="4335024" cy="1477328"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Аттестаттаудың</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" b="1">
+              <a:t>Сведения</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" b="1" err="1">
+              <a:t> о </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>шарттары</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" b="1">
+              <a:t>деятельности</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" b="1" err="1">
+              <a:t> и </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>мен</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" b="1">
+              <a:t>достижениях</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" b="1" err="1">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>тәртібі</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" b="1">
+              <a:t>педагога</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2200" b="1">
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>формируются</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>автоматически</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Личном</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>кабинете</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>глава</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> 2, п.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>22</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...411 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="TextBox 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C0735D6-3E29-43C9-B39F-D0467D1E0E7A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C0735D6-3E29-43C9-B39F-D0467D1E0E7A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1294569" y="4215823"/>
-            <a:ext cx="8028349" cy="1754326"/>
+            <a:off x="1877595" y="4359160"/>
+            <a:ext cx="7982842" cy="1477328"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="ru-RU"/>
             </a:defPPr>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="2000">
                 <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Біліктілік</a:t>
-[...13 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
+              <a:t>От теста ОЗП освобождаются</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>санатын</a:t>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
+              <a:t>педагоги при подтверждении:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:ea typeface="Calibri Light"/>
+              <a:cs typeface="Calibri Light"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>растау</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+              <a:t> - квалификационной категории «педагог-мастер»;</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:ea typeface="Calibri Light"/>
+              <a:cs typeface="Calibri Light"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="l">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
-[...325 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
+              <a:t>имеющие 30 и более лет педагогического стажа</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="l">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...29 lines deleted...]
-            <a:endParaRPr lang="en-US" b="1">
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>глава 2, п.47</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...1 lines deleted...]
-            <a:endParaRPr lang="" b="1">
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Прямоугольник 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F5B927F-4A74-4455-9B3C-4B05B1E93EC3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8121996" y="1854502"/>
+            <a:ext cx="3938419" cy="1477328"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Тест ОЗП</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>для преподавателей школ и колледжей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>содержит только п</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>редметные</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> знания</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="2" algn="ctr"/>
-[...16 lines deleted...]
-                <a:cs typeface="Arial"/>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глава 2, п. 3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...199 lines deleted...]
-            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="12" name="Прямая соединительная линия 11"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="963388"/>
+            <a:ext cx="12192000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
+            <a:solidFill>
+              <a:schemeClr val="accent4">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Прямоугольник 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1931099" y="2987269"/>
+            <a:ext cx="2592371" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
-          <a:p>
-[...7 lines deleted...]
-            </a:endParaRPr>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Прямоугольник 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7916304" y="2987269"/>
+            <a:ext cx="2592371" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Прямоугольник 14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1931099" y="5419700"/>
+            <a:ext cx="2592371" cy="435642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1826004101"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="395687" y="585988"/>
-            <a:ext cx="5696455" cy="5484212"/>
+            <a:off x="690953" y="881253"/>
+            <a:ext cx="5105923" cy="5484212"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -34770,52 +18433,52 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rounded Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="6175359" y="611940"/>
-            <a:ext cx="5728827" cy="5428772"/>
+            <a:off x="6472303" y="908882"/>
+            <a:ext cx="5134940" cy="5428772"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3616"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="152400" sx="101000" sy="101000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="1C69D5">
                 <a:alpha val="42000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
@@ -34831,1071 +18494,562 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2400">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="TextBox 18"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="854226" y="3639068"/>
-            <a:ext cx="4779375" cy="2062103"/>
+            <a:off x="854226" y="3829102"/>
+            <a:ext cx="4779375" cy="2646878"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="1600">
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
-[...407 lines deleted...]
-          <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" b="1">
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Экономия сил и времени</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Справедливость и непредвзятость</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Объективная оценка деятельности педагога</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Контроль исполнения</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Оперативная осведомленность</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Инструмент мониторинга и анализа</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Мотивация к саморазвитию</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="TextBox 19"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7038385" y="3899506"/>
+            <a:ext cx="4528292" cy="2185214"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" err="1">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Деректерді</a:t>
-[...76 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>Автоматизированный сбор данных</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" err="1">
-[...84 lines deleted...]
-              <a:t>;</a:t>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Функция ручного ввода </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" err="1">
-[...162 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Личный профиль педагога </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" i="1">
-[...8 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" i="1">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Подача заявления и аналитическое обобщение результатов на Платформе</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="1600" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="2200" i="1">
+            <a:endParaRPr lang="ru-RU" sz="2200" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="227297" y="479866"/>
-            <a:ext cx="5910607" cy="3324717"/>
+            <a:off x="227297" y="1148584"/>
+            <a:ext cx="5325091" cy="2995364"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6145216" y="556835"/>
-            <a:ext cx="5789111" cy="3256375"/>
+            <a:off x="6325386" y="1242842"/>
+            <a:ext cx="5157522" cy="2901106"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="TextBox 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0BECBC86-709C-4211-B29D-BAC0F5FEA5A1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BECBC86-709C-4211-B29D-BAC0F5FEA5A1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="182962"/>
+            <a:off x="0" y="256801"/>
             <a:ext cx="11978488" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="x-none" sz="2200" b="1">
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> «</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2200" b="1">
+              <a:t>НАЦИОНАЛЬНАЯ П</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-KZ" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t>ЛАТФОРМА «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>Ұ</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="x-none" sz="2200" b="1">
+              <a:rPr lang="ru-KZ" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>стаз» Платформа</a:t>
-[...23 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2200" b="1">
+              <a:t>СТАЗ»   </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri Light" panose="020F0302020204030204"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="9" name="Прямая соединительная линия 8"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="793706"/>
+            <a:ext cx="12192000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
+            <a:solidFill>
+              <a:schemeClr val="accent4">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -36110,318 +19264,57 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Тема Office">
-[...259 lines deleted...]
-<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
@@ -36632,89 +19525,99 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>580</Words>
+  <Words>860</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Произвольный</PresentationFormat>
-  <Paragraphs>167</Paragraphs>
+  <PresentationFormat>Широкоэкранный</PresentationFormat>
+  <Paragraphs>180</Paragraphs>
   <Slides>12</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Использованные шрифты</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="14" baseType="lpstr">
+    <vt:vector size="18" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
-      <vt:lpstr>1_Тема Office</vt:lpstr>
-      <vt:lpstr>ШЕБЕР ҰСТАЗ – ТАБЫСТЫ ОҚУШЫ</vt:lpstr>
+      <vt:lpstr>ПРОФЕССИОНАЛЬНЫЙ УЧИТЕЛЬ – УСПЕШНЫЙ УЧЕНИК</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Презентация PowerPoint</dc:title>
   <dc:creator>Тойымбеков Адил Кайратулы</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>