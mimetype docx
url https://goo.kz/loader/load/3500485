--- v0 (2025-12-06)
+++ v1 (2025-12-20)
@@ -1,10175 +1,8640 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4309A95E" w14:textId="2FA215B1" w:rsidR="00071678" w:rsidRPr="00BA5524" w:rsidRDefault="00071678" w:rsidP="003160CB">
+    <w:p w14:paraId="54FC1BA9" w14:textId="5FE2AE9F" w:rsidR="000A1757" w:rsidRPr="00E22801" w:rsidRDefault="000A1757" w:rsidP="000A1757">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5524">
+      <w:r w:rsidRPr="00E22801">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00BA5524" w:rsidRPr="00BA5524">
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының №</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BA5524">
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>39инновациялық үлгідегі гимназия сыныптары бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">города Павлодара» объявляет конкурс </w:t>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B343C1" w14:textId="54F579B5" w:rsidR="00071678" w:rsidRPr="00BA5524" w:rsidRDefault="00071678" w:rsidP="00071678">
+    <w:p w14:paraId="66BE1003" w14:textId="17C68925" w:rsidR="000A1757" w:rsidRPr="00E22801" w:rsidRDefault="000A1757" w:rsidP="000A1757">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5524">
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60B3A" w:rsidRPr="00B60B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">математика </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мұғалімі лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1893EE0E" w14:textId="229CD364" w:rsidR="00F77D94" w:rsidRPr="00E22801" w:rsidRDefault="000A1757" w:rsidP="000A1757">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B47695">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00111393" w:rsidRPr="00111393">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>математики</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> с русским языком обучения</w:t>
+        <w:t>орыс тілінде оқытатын</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10440" w:type="dxa"/>
+        <w:tblInd w:w="-437" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="461"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7469"/>
+        <w:gridCol w:w="505"/>
+        <w:gridCol w:w="2683"/>
+        <w:gridCol w:w="7252"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="21849EE8" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="0034157D" w14:paraId="195F7939" w14:textId="77777777" w:rsidTr="006C3AC0">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1A343DDC" w14:textId="421A9185" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="0FAE6C39" w14:textId="786F749F" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6135E4E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="317A837A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...24 lines deleted...]
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44129EB6" w14:textId="5722CCB6" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00E22801">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BA5524" w:rsidRPr="00BA5524">
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №</w:t>
+            </w:r>
+            <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>39 инновационного типа с гимназическими классами</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t xml:space="preserve">39 инновациялық үлгідегі гимназия сыныптары бар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="6730AC00" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="648453AB" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="543"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="132EDDB0" w14:textId="76012E6C" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="65F96AD4" w14:textId="5ECBE31D" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="07FB6FAC" w14:textId="7BE880D0" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00321427">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C843157" w14:textId="3DB0A039" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="53F7DEF1" w14:textId="1F2C97D5" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00B148B5">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рналасқан жері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6665A6C7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64BC07C4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C82E47D" w14:textId="4AA73CBE" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00EB7737">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1400</w:t>
             </w:r>
-            <w:r w:rsidR="00B148B5">
+            <w:r w:rsidR="00EB7737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
-[...15 lines deleted...]
-              <w:t>М.Горького,33</w:t>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы,  Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Горький</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="4472A1ED" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="49D4B1AD" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3AD9BE3C" w14:textId="6CCD74E8" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="438AB32B" w14:textId="21539BA3" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="4E63CDD3" w14:textId="7648AB1B" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B084F9D" w14:textId="528A37AE" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>елефон  нөмірлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E30F74" w14:textId="34F98BF0" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00E22801">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7182) </w:t>
             </w:r>
-            <w:r w:rsidR="00BA5524" w:rsidRPr="00BA5524">
+            <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>677702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="6BF1A3D1" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="4CDF4FC5" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1D580DD5" w14:textId="56147069" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="7FB12032" w14:textId="1009107D" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="5617553C" w14:textId="10C455BE" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="492D2303" w14:textId="22C01E0B" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-                <w:rStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>э</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лектрондық  пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A505E0" w14:textId="7231A8DE" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>sosh39@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="5EED469A" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00F77D94" w:rsidRPr="0034157D" w14:paraId="78DF8D7B" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="321EA623" w14:textId="31C1E3DC" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00213146">
+          <w:p w14:paraId="23AD5B19" w14:textId="52735F4E" w:rsidR="00F77D94" w:rsidRPr="00E22801" w:rsidRDefault="00F77D94" w:rsidP="00F77D94">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5CD86BDF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8C8AEC" w14:textId="6C889761" w:rsidR="00F77D94" w:rsidRPr="00E22801" w:rsidRDefault="00F77D94" w:rsidP="00F77D94">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve"> ставка, 16 часов </w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BA6C75" w14:textId="7A191268" w:rsidR="00F77D94" w:rsidRPr="00E22801" w:rsidRDefault="0098677A" w:rsidP="005C7BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0098677A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс тілінде оқытатын математика мұғалімі, ставка, 16 сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="3AA0A1E6" w14:textId="77777777" w:rsidTr="0085010B">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="0034157D" w14:paraId="62423F24" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="1852"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2399F848" w14:textId="0739C74F" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="2CE62E60" w14:textId="3E6D610B" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="64D697CE" w14:textId="32B4CDAF" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="158DEBD3" w14:textId="11E7B25D" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="516058BE" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>егізгі  функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2739E7B4" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...10 lines deleted...]
-          <w:p w14:paraId="783961F0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="737ABC34" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...10 lines deleted...]
-          <w:p w14:paraId="178A95C7" w14:textId="4C6F2A20" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="071596AE" w14:textId="46931299" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...13 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="720BCBF0" w14:textId="77777777" w:rsidTr="0085010B">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00435D3F" w14:paraId="0C493527" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="1128"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="073EE656" w14:textId="725046ED" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="51ECFAAC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="13172B2A" w14:textId="0CE3B326" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B59795F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="4A357E69" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C238E1" w14:textId="77777777" w:rsidR="00B270EF" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="00B270EF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...10 lines deleted...]
-          <w:p w14:paraId="06DDE988" w14:textId="3E413CBE" w:rsidR="00BA5524" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44ABC249" w14:textId="18C9DE2B" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00435D3F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...37 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:r w:rsidR="0085010B" w:rsidRPr="00BA5524">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">146531,16 тенге </w:t>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00435D3F">
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>73265,58</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA7828">
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="423FFEC1" w14:textId="77777777" w:rsidTr="00D77C62">
-[...4 lines deleted...]
-          <w:p w14:paraId="5A18D0B3" w14:textId="5AA452A4" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="0034157D" w14:paraId="18346FA7" w14:textId="77777777" w:rsidTr="00746CF6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="516473D2" w14:textId="30ECAE26" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="050B4B1B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BC202D" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D4D09C0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D2B0C80" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="2803F05D" w14:textId="5BA7A5AF" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42327C15" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...20 lines deleted...]
-          <w:p w14:paraId="3A28DA9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25CF1BCE" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...10 lines deleted...]
-          <w:p w14:paraId="0A1E2A0E" w14:textId="4C573656" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48B30E32" w14:textId="156A7013" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="1FEA9F7B" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00746CF6" w:rsidRPr="00E22801" w14:paraId="65D706A1" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C1CF746" w14:textId="30018F14" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EAC2B31" w14:textId="2ACE7D1B" w:rsidR="00746CF6" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00746CF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6E470501" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E01C242" w14:textId="77777777" w:rsidR="00746CF6" w:rsidRPr="00E22801" w:rsidRDefault="00746CF6" w:rsidP="00746CF6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="3597E9A1" w14:textId="49469D76" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="00547440" w:rsidP="007A5CCA">
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B480176" w14:textId="77777777" w:rsidR="008116E2" w:rsidRDefault="008116E2" w:rsidP="008116E2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>13</w:t>
-[...156 lines deleted...]
-            </w:r>
+              <w:t>13.03.2024 – 20.03.2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44860E15" w14:textId="5C29FA51" w:rsidR="00746CF6" w:rsidRPr="00E22801" w:rsidRDefault="00746CF6" w:rsidP="005B43D0">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="6E5C4D84" w14:textId="77777777" w:rsidTr="00D77C62">
-[...4 lines deleted...]
-          <w:p w14:paraId="06F4EAEF" w14:textId="50A192D4" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="0034157D" w14:paraId="1A0CF6EC" w14:textId="77777777" w:rsidTr="00746CF6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="052647E0" w14:textId="4065E4DF" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7CE57D9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28A019BE" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C335013" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>заявление</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0793E9B5" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50798185" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="606AB111" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>копии документов об образовании</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7817CCA3" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
-[...23 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441285E5" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
-[...32 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A785A0" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>) справку</w:t>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="085B9EC8" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="56BE0006" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>справку с наркологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DE715E1" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="5213C929" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сертификат</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t>) сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>прохождения сертификации</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>удостоверение</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">действующей </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>категории не ниже педагога-модератора</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C1901B6" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...176 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46637876" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40C8D067" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="71111C6F" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...32 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BCD9D00" w14:textId="387CB8CC" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="7777B5F0" w14:textId="77777777" w:rsidTr="00D77C62">
-[...4 lines deleted...]
-          <w:p w14:paraId="10E2AD7B" w14:textId="1FBBE863" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w14:paraId="7631880F" w14:textId="77777777" w:rsidTr="00746CF6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E698130" w14:textId="3FB5A5DE" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6325FA8F" w14:textId="579E2BCE" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="308E1D41" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5705022E" w14:textId="29FDF242" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6616B17E" w14:textId="77777777" w:rsidR="00D917D6" w:rsidRDefault="00D917D6">
+    <w:p w14:paraId="45F07E74" w14:textId="3406F0D1" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00E22801">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FA42863" w14:textId="0600BA64" w:rsidR="00D77C62" w:rsidRDefault="00D77C62">
+    <w:p w14:paraId="0951406B" w14:textId="0D210F15" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="484C53AC" w14:textId="3332CC6B" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED90408" w14:textId="267C749C" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F924603" w14:textId="7994A38C" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5653367B" w14:textId="515DFA01" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4CD2BB" w14:textId="273D05A9" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B0EE0EF" w14:textId="34D82809" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6384BACF" w14:textId="75FF735C" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F97A4B" w14:textId="74D58268" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DF8D6F4" w14:textId="0E5B1C32" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58555D90" w14:textId="5DF34E61" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7691E637" w14:textId="2F298A74" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5729"/>
+        <w:gridCol w:w="4335"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="6AB7E528" w14:textId="77777777" w:rsidTr="00E22801">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="110C77F2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2662438D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22C63A63" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29BAAA5A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="792615FC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="452655D7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BDF1762" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2890DB00" w14:textId="0400289A" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582E6504" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="008570A0" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FE4576" w14:textId="511C0880" w:rsidR="00834E3A" w:rsidRPr="008570A0" w:rsidRDefault="00834E3A" w:rsidP="00E22801">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26BB7F69" w14:textId="1B531351" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021393D3" w14:textId="03E378DE" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441AAD5D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="008570A0" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E79ACF7" w14:textId="6F537070" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CED6AF4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="008570A0" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2CE9B5" w14:textId="6B4D7FD0" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750EA123" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D48BA7E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A275A7F" w14:textId="6BEC91CD" w:rsidR="00834E3A" w:rsidRPr="008570A0" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________________________________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C7BB76" w14:textId="4D1AE2D0" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="536F8B7D" w14:textId="50C3FAD6" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79470A48" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="008570A0" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35625E20" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61381CC3" w14:textId="1D6881FE" w:rsidR="00834E3A" w:rsidRPr="003C2FF8" w:rsidRDefault="00834E3A" w:rsidP="008570A0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r w:rsidR="008570A0" w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:r w:rsidR="008570A0" w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidR="008570A0" w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>теймін:</w:t>
+      </w:r>
+      <w:r w:rsidR="008570A0" w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008570A0" w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008570A0" w:rsidRPr="003C2FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E510552" w14:textId="4F66A089" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00E22801">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="654602CA" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E5DDB8" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="2D001D78" w14:textId="77777777" w:rsidTr="006C3AC0">
+        <w:trPr>
+          <w:trHeight w:val="1052"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1277A99F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B30112" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="553CCDE1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18B30F60" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2861992A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="433D9814" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="14CB9259" w14:textId="77777777" w:rsidTr="008570A0">
+        <w:trPr>
+          <w:trHeight w:val="375"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78775523" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="150A2A09" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FB5ABC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D4B25D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="60BA1DC6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4593F0DC" w14:textId="05D0B7AD" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (бер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(раста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) күні):__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578C019C" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3126A7C6" w14:textId="40000AA8" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32FF1233" w14:textId="6846BED2" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келе</w:t>
+      </w:r>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E69FC00" w14:textId="2D4DF568" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F58529" w14:textId="7FE4EB5A" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="600244CB" w14:textId="07FBD865" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319E8F73" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF1ECAB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтері (бар болса)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E113750" w14:textId="070A1587" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1583ADB7" w14:textId="5C640F4D" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77ABFB0D" w14:textId="0B60EF69" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCB1D0F" w14:textId="5895974B" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A267B53" w14:textId="7E983519" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB51B3C" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AE2A42A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олы)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5869"/>
+        <w:gridCol w:w="4195"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="5A51F8AA" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="27EF34F2" w14:textId="77777777" w:rsidTr="006C3AC0">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="44DA0F0D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:tcW w:w="5920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCD85CF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="7C805104" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A933D73" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA94A28" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="61B10ADA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="528EB127" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="5FFA2589" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="472F1017" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="1A7ED888" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="738923E9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="0F459221" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F338E83" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15BD7A49" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+    <w:p w14:paraId="1ECEFD69" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...6 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="210904E9" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+    <w:p w14:paraId="05DC624A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5524">
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__</w:t>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_______________</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="720E0F92" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+    <w:p w14:paraId="72B36CBF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5524">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...16 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20784555" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
-[...118 lines deleted...]
-    <w:p w14:paraId="03458F07" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+    <w:p w14:paraId="685FE09B" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...96 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="16"/>
-[...354 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...1051 lines deleted...]
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="5B8E8100" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="14548C1A" w14:textId="77777777" w:rsidTr="00834E3A">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...152 lines deleted...]
-          <w:p w14:paraId="147B5C3E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41389903" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3352E7D9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E954EEB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1101541B" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ы (1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B045544" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7047FA27" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="7984EB9C" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="6950AECB" w14:textId="77777777" w:rsidTr="00834E3A">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8F8482" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3158C34F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...2 lines deleted...]
-              <w:ind w:left="66"/>
+          <w:p w14:paraId="3EDB3882" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B139F6D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3AD80E63" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ехникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DACB420" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3586E008" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="124D536C" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>агистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B8618C5" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="227122CC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="2DD6C217" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="574E94E9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7CB38F73" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F9322B2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1AA6BA24" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="093FC8C1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F054723" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ылыми кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3886FE4E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="12CFE64C" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="22E0B856" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="220C75C3" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="530E8E5C" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70783510" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E989841" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F15CFC0" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="2C604A45" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4CC2BA84" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="657A29AD" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A9DB5E1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F573F06" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41198B31" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BFDB19E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E93B392" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="235CB238" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="362DE171" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="192E7063" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="259A529E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B60B3A" w14:paraId="629ED896" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="050E0EDD" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="075CE6F1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="121456F0" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3157EF2F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="157FA82E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D63B8D6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55B6D88F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="7BED37D3" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02E7EF40" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16D22E4A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18467DAB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="634FB6C0" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогикалық/ кәсіби тәжірибенің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0422D558" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="475F5288" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EEE02C6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B60B3A" w14:paraId="161699B8" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="568387F2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F033725" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09672CF5" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5634746A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3562F64D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="308FC21D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B60B3A" w14:paraId="5430F758" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C13F0BF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2407C57A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="592F96FC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11C02E32" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14B8F62E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16C8F72A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36BEBF6E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EC2A924" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CDF9D2D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="499D8BAF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C04853A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1477D4F2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="621FA88B" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="758DC3FB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5AA46C4B" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70DB59AD" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>авторлық шығармалары, басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A0C3949" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31FE6DAD" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08C25C9E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2367D9EA" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B60B3A" w14:paraId="49BEF217" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7391C1B9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="39C1BF42" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58D313ED" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="34B059D8" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C7378C6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24ED44CF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D757CDC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F43DE95" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B60B3A" w14:paraId="065228D3" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D5A2EC7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="47C15AA4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5FBF10F4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FFA5681" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01D561FE" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,  IELTS; TOEFL; DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721CF98E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, «Python тілінде бағдарламалау негіздері» программалары бойынша оқыту,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсера </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыстарына оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C9EA3D7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D004533" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E6B840E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB5CE5A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62BA0E30" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16BF29D2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EB423B9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FCB4028" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5369111A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C1F2BB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B89B312" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CA789C9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225DDDF8" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06192B25" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E98D8D3" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C2DAD7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="3A7292F7" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F4DB68" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0491D377" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="696A35EC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2AA399B1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="614BF7E9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="71F402DE" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="587CE818" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE0BCCE" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...198 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB80DBE" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3736 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7ECA8A32" w14:textId="54A3F4E0" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62">
+    <w:p w14:paraId="125A14C4" w14:textId="0CB15D0A" w:rsidR="00642E67" w:rsidRPr="00E22801" w:rsidRDefault="00642E67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidSect="00203B10">
+    <w:sectPr w:rsidR="00642E67" w:rsidRPr="00E22801" w:rsidSect="0020166E">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="539" w:right="566" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...39 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...657 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="175"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...698 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00D81C5D"/>
+    <w:rsid w:val="00036FAE"/>
+    <w:rsid w:val="00063396"/>
+    <w:rsid w:val="000A1757"/>
+    <w:rsid w:val="00111393"/>
+    <w:rsid w:val="001F3D7C"/>
+    <w:rsid w:val="0020166E"/>
+    <w:rsid w:val="0025038B"/>
+    <w:rsid w:val="002F097F"/>
+    <w:rsid w:val="003174BF"/>
+    <w:rsid w:val="0034157D"/>
+    <w:rsid w:val="003757F0"/>
+    <w:rsid w:val="00396CF8"/>
+    <w:rsid w:val="003C2FF8"/>
+    <w:rsid w:val="0040226F"/>
+    <w:rsid w:val="00435D3F"/>
+    <w:rsid w:val="0049107F"/>
+    <w:rsid w:val="005870A4"/>
+    <w:rsid w:val="005B43D0"/>
+    <w:rsid w:val="005C7BBD"/>
+    <w:rsid w:val="00625E1A"/>
+    <w:rsid w:val="00642E67"/>
+    <w:rsid w:val="006D1A78"/>
+    <w:rsid w:val="0072421B"/>
+    <w:rsid w:val="00746CF6"/>
+    <w:rsid w:val="00747DDB"/>
+    <w:rsid w:val="00804819"/>
+    <w:rsid w:val="008116E2"/>
+    <w:rsid w:val="00834E3A"/>
+    <w:rsid w:val="008570A0"/>
+    <w:rsid w:val="00952E9D"/>
+    <w:rsid w:val="00953B1B"/>
+    <w:rsid w:val="009654B9"/>
+    <w:rsid w:val="0098677A"/>
+    <w:rsid w:val="009A4F01"/>
+    <w:rsid w:val="009C62FA"/>
+    <w:rsid w:val="009D4999"/>
+    <w:rsid w:val="00A05967"/>
+    <w:rsid w:val="00A64229"/>
+    <w:rsid w:val="00AB138C"/>
+    <w:rsid w:val="00B270EF"/>
+    <w:rsid w:val="00B60B3A"/>
+    <w:rsid w:val="00BB2BC3"/>
+    <w:rsid w:val="00C06D6F"/>
+    <w:rsid w:val="00C81C1E"/>
+    <w:rsid w:val="00C95952"/>
+    <w:rsid w:val="00CA7828"/>
+    <w:rsid w:val="00CC30B4"/>
+    <w:rsid w:val="00CD317D"/>
+    <w:rsid w:val="00D26A08"/>
+    <w:rsid w:val="00D81C5D"/>
+    <w:rsid w:val="00E11348"/>
+    <w:rsid w:val="00E22801"/>
+    <w:rsid w:val="00E33346"/>
+    <w:rsid w:val="00EB7737"/>
+    <w:rsid w:val="00F30E90"/>
+    <w:rsid w:val="00F77D94"/>
+    <w:rsid w:val="00F948EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1B193A42"/>
-  <w15:docId w15:val="{21C695DB-F4B4-4333-AD0D-D4A1AAB00AF5}"/>
+  <w14:docId w14:val="37D012BC"/>
+  <w15:docId w15:val="{7BE26AFE-CFD8-4F10-AA72-596E0A694D9F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10289,51 +8754,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -10515,268 +8980,217 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00036FAE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C95952"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00036FAE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AC5698"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C95952"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aa">
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00BA5524"/>
+    <w:rsid w:val="00E22801"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="008570A0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="530844431">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
+    <w:div w:id="530996902">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1199471041">
-[...12 lines deleted...]
-    <w:div w:id="1933468713">
+    <w:div w:id="1089732892">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10810,84 +9224,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -11018,88 +9434,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11784</Characters>
+  <Pages>7</Pages>
+  <Words>1877</Words>
+  <Characters>10702</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13824</CharactersWithSpaces>
+  <CharactersWithSpaces>12554</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Gulnar</dc:creator>
+  <dc:subject/>
+  <dc:creator>Бахытнур</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>