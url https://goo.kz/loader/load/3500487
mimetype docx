--- v0 (2025-12-07)
+++ v1 (2025-12-18)
@@ -1,8594 +1,10038 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="54FC1BA9" w14:textId="5FE2AE9F" w:rsidR="000A1757" w:rsidRPr="00E22801" w:rsidRDefault="000A1757" w:rsidP="000A1757">
+    <w:p w14:paraId="4309A95E" w14:textId="2FA215B1" w:rsidR="00071678" w:rsidRPr="00BA5524" w:rsidRDefault="00071678" w:rsidP="003160CB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E22801">
+      <w:r w:rsidRPr="00BA5524">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>«Павлодар қаласының №</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № </w:t>
       </w:r>
-      <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
+      <w:r w:rsidR="00BA5524" w:rsidRPr="00BA5524">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>39инновациялық үлгідегі гимназия сыныптары бар</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">39 инновационного типа с гимназическими классами </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E22801">
+      <w:r w:rsidRPr="00BA5524">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BB2A318" w14:textId="77777777" w:rsidR="0034755A" w:rsidRPr="0034755A" w:rsidRDefault="000A1757" w:rsidP="0034755A">
+    <w:p w14:paraId="64B343C1" w14:textId="5AD5A0D1" w:rsidR="00071678" w:rsidRPr="00BA5524" w:rsidRDefault="00071678" w:rsidP="00071678">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E22801">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на должность учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00F319B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>русского языка и литературы</w:t>
       </w:r>
-      <w:r w:rsidR="0034755A" w:rsidRPr="0034755A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">орыс тілі мен әдебиеті мұғалімі лауазымына </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> с русским языком обучения</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00211287" w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-        <w:t>орыс тілінде оқытатын конкурс жариялайды</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-437" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="505"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7252"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7469"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="007B399D" w14:paraId="195F7939" w14:textId="77777777" w:rsidTr="006C3AC0">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="21849EE8" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0FAE6C39" w14:textId="786F749F" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+          <w:p w14:paraId="1A343DDC" w14:textId="421A9185" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="317A837A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6135E4E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9A8246" w14:textId="5D1D3284" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00BA5524">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA5524" w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">39 инновациялық үлгідегі гимназия сыныптары бар </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+              <w:t>39 инновационного типа с гимназическими классами</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="648453AB" w14:textId="77777777" w:rsidTr="00746CF6">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="6730AC00" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="65F96AD4" w14:textId="5ECBE31D" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+          <w:p w14:paraId="132EDDB0" w14:textId="76012E6C" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="2C843157" w14:textId="3DB0A039" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07FB6FAC" w14:textId="7BE880D0" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...72 lines deleted...]
-          <w:p w14:paraId="1C82E47D" w14:textId="4AA73CBE" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00EB7737">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53F7DEF1" w14:textId="1F2C97D5" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00B148B5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1400</w:t>
             </w:r>
-            <w:r w:rsidR="00EB7737">
+            <w:r w:rsidR="00B148B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E22801">
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы,  Павлодар қаласы, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
+              <w:t xml:space="preserve">, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA5524" w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>М.Горький</w:t>
-[...17 lines deleted...]
-              <w:t>33</w:t>
+              <w:t>М.Горького,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="49D4B1AD" w14:textId="77777777" w:rsidTr="00746CF6">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="4472A1ED" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="438AB32B" w14:textId="21539BA3" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+          <w:p w14:paraId="3AD9BE3C" w14:textId="6CCD74E8" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="3B084F9D" w14:textId="528A37AE" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E63CDD3" w14:textId="7648AB1B" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-              </w:tabs>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DC032C" w14:textId="6E94F6C3" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00BA5524">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:noProof/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7182) </w:t>
             </w:r>
-            <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
+            <w:r w:rsidR="00BA5524" w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>677702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="4CDF4FC5" w14:textId="77777777" w:rsidTr="00746CF6">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="6BF1A3D1" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
-          <w:trHeight w:val="278"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7FB12032" w14:textId="1009107D" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+          <w:p w14:paraId="1D580DD5" w14:textId="56147069" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="492D2303" w14:textId="22C01E0B" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5617553C" w14:textId="10C455BE" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="63A505E0" w14:textId="7231A8DE" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="006D1A78">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="582DB124" w14:textId="757F75ED" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00BA5524" w:rsidP="00855F33">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:u w:val="single"/>
-[...5 lines deleted...]
-                <w:rStyle w:val="a4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rStyle w:val="aa"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>sosh39@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F77D94" w:rsidRPr="000F5F64" w14:paraId="78DF8D7B" w14:textId="77777777" w:rsidTr="00746CF6">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="5EED469A" w14:textId="77777777" w:rsidTr="00454850">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="23AD5B19" w14:textId="52735F4E" w:rsidR="00F77D94" w:rsidRPr="00E22801" w:rsidRDefault="00F77D94" w:rsidP="00F77D94">
+          <w:p w14:paraId="321EA623" w14:textId="31C1E3DC" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00213146">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4C8C8AEC" w14:textId="6C889761" w:rsidR="00F77D94" w:rsidRPr="00E22801" w:rsidRDefault="00F77D94" w:rsidP="00F77D94">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD86BDF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...34 lines deleted...]
-              <w:t>орыс тілінде оқытатын орыс тілі мен әдебиеті пәнінің мұғалімі, 16 сағаттан 2 ставка</w:t>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75AF3E13" w14:textId="0D4C92CF" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00071678" w:rsidP="001D72BD">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="001D72BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">русского языка и литературы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с русским языком обучения,  </w:t>
+            </w:r>
+            <w:r w:rsidR="001D72BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 ставки по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="007B399D" w14:paraId="62423F24" w14:textId="77777777" w:rsidTr="00746CF6">
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="3AA0A1E6" w14:textId="77777777" w:rsidTr="0085010B">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="1852"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2CE62E60" w14:textId="3E6D610B" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+          <w:p w14:paraId="2399F848" w14:textId="0739C74F" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="158DEBD3" w14:textId="11E7B25D" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D697CE" w14:textId="32B4CDAF" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...28 lines deleted...]
-          <w:p w14:paraId="2739E7B4" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="516058BE" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...10 lines deleted...]
-          <w:p w14:paraId="737ABC34" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783961F0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...10 lines deleted...]
-          <w:p w14:paraId="071596AE" w14:textId="46931299" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="178A95C7" w14:textId="4C6F2A20" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="00435D3F" w14:paraId="0C493527" w14:textId="77777777" w:rsidTr="00746CF6">
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="720BCBF0" w14:textId="77777777" w:rsidTr="0085010B">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="1128"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="51ECFAAC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+          <w:p w14:paraId="073EE656" w14:textId="725046ED" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="0B59795F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13172B2A" w14:textId="0CE3B326" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...14 lines deleted...]
-          <w:p w14:paraId="57C238E1" w14:textId="77777777" w:rsidR="00B270EF" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="00B270EF">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A357E69" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...31 lines deleted...]
-          <w:p w14:paraId="44ABC249" w14:textId="18C9DE2B" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00435D3F">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DD8DBFC" w14:textId="77777777" w:rsidR="00AC09ED" w:rsidRDefault="0085010B" w:rsidP="00AC09ED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:rPr>
+                <w:rStyle w:val="aa"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA5524" w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">117508,08 тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ADFAD64" w14:textId="037C4B7C" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="00BA5524" w:rsidP="00AC09ED">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+            <w:r w:rsidR="0085010B" w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
-[...10 lines deleted...]
-                <w:rStyle w:val="a4"/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rStyle w:val="aa"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> тенге </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">146531,16 тенге </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="007B399D" w14:paraId="18346FA7" w14:textId="77777777" w:rsidTr="00746CF6">
-[...4 lines deleted...]
-          <w:p w14:paraId="516473D2" w14:textId="30ECAE26" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="423FFEC1" w14:textId="77777777" w:rsidTr="00D77C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A18D0B3" w14:textId="5AA452A4" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="15BC202D" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="050B4B1B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...9 lines deleted...]
-          <w:p w14:paraId="6D2B0C80" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D4D09C0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="42327C15" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2803F05D" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...10 lines deleted...]
-          <w:p w14:paraId="25CF1BCE" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A28DA9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...10 lines deleted...]
-          <w:p w14:paraId="48B30E32" w14:textId="156A7013" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A1E2A0E" w14:textId="4C573656" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00746CF6" w:rsidRPr="00E22801" w14:paraId="65D706A1" w14:textId="77777777" w:rsidTr="00746CF6">
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="1FEA9F7B" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2EAC2B31" w14:textId="2ACE7D1B" w:rsidR="00746CF6" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00746CF6">
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C1CF746" w14:textId="30018F14" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1E01C242" w14:textId="77777777" w:rsidR="00746CF6" w:rsidRPr="00E22801" w:rsidRDefault="00746CF6" w:rsidP="00746CF6">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E470501" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...21 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3336A05F" w14:textId="77777777" w:rsidR="001C7A1B" w:rsidRDefault="001C7A1B" w:rsidP="001C7A1B">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>16.01.2024 – 24.01.2024</w:t>
-            </w:r>
+              <w:t>13.03.2024 – 20.03.2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3597E9A1" w14:textId="634359E3" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="00AC09ED">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="007B399D" w14:paraId="1A0CF6EC" w14:textId="77777777" w:rsidTr="00746CF6">
-[...7 lines deleted...]
-          <w:p w14:paraId="052647E0" w14:textId="4065E4DF" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="6E5C4D84" w14:textId="77777777" w:rsidTr="00D77C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F4EAEF" w14:textId="50A192D4" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="28A019BE" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE57D9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6120F4" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E22801">
-[...56 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B3A3172" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке басын куәландыратын құжат</w:t>
-[...31 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72879F1A" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке іс парағы</w:t>
-[...31 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57EFAD97" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20E37185" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>еңбек қызметін растайтын құжаттың</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5086B1DD" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...94 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>денсаулық жағдайы туралы анықтама</w:t>
-[...23 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A624E1D" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56BE0006" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
-            <w:pPr>
+          <w:p w14:paraId="085B9EC8" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E22801">
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>наркологиялық ұйымнан анықтама</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5213C929" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
-            <w:pPr>
+          <w:p w14:paraId="3DE715E1" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>) сертификаттаудан өту</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификат </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">педагог-модератордан </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қолданыстағы</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> куәлік </w:t>
-[...22 lines deleted...]
-            <w:pPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="653F2D8E" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22801">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43C3921A" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...19 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71111C6F" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
-            <w:pPr>
+          <w:p w14:paraId="40C8D067" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B72CE2D" w14:textId="72EFDAE7" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w14:paraId="7631880F" w14:textId="77777777" w:rsidTr="00746CF6">
-[...7 lines deleted...]
-          <w:p w14:paraId="7E698130" w14:textId="3FB5A5DE" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="7777B5F0" w14:textId="77777777" w:rsidTr="00D77C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E2AD7B" w14:textId="1FBBE863" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="308E1D41" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6325FA8F" w14:textId="579E2BCE" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="430A269A" w14:textId="009DD697" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="00121D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45F07E74" w14:textId="3406F0D1" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00E22801">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="6616B17E" w14:textId="77777777" w:rsidR="00D917D6" w:rsidRDefault="00D917D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0951406B" w14:textId="0D210F15" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
-[...1301 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="0FA42863" w14:textId="0600BA64" w:rsidR="00D77C62" w:rsidRDefault="00D77C62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...453 lines deleted...]
-        <w:t>олы)</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5869"/>
-        <w:gridCol w:w="4195"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="27EF34F2" w14:textId="77777777" w:rsidTr="006C3AC0">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="5A51F8AA" w14:textId="77777777" w:rsidTr="00454850">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5920" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5FCD85CF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44DA0F0D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C805104" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61B10ADA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FFA2589" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A7ED888" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F459221" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B03C2B8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="15BD7A49" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="210904E9" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="720E0F92" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20784555" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410899EE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02062751" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411EF876" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2E9CE3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03458F07" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8CBBDD" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180FC93C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A7B2E7" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C8712EC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54EDBAC1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F2261D8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25106C3E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02155906" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0804EE22" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4030559C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1951288B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="598D0FBF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A1F585" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4754AEB5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16BF22DC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA901E0" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17B9D1CF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB2A719" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="0D621425" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="951"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C14D10" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B636A1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="6A933D73" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="595A93D5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E627F3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52975963" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="134D0915" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="0389C552" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06AB74AF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA81B9D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E383F29" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EDBDBBD" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="57637E61" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF433CB" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1973C372" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091DB7F2" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="542675FC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628931CA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44480C24" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B06A14A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6866500C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3819D718" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525D7B6D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6754D7EA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CEC2B9C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B51E653" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FFDD226" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6773C708" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA765D5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33FA73BF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A373849" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23771074" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29BEF401" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DA3973E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="475C126C" w14:textId="42C79C78" w:rsidR="00D917D6" w:rsidRDefault="00D917D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="5C62906B" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B24A1DE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="2DA94A28" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+          <w:p w14:paraId="07628550" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A1025C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="528EB127" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60E47B61" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="472F1017" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="385E3106" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="738923E9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="108B8587" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="6F338E83" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="538E576C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16BC99BC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1ECEFD69" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+    <w:p w14:paraId="4C4B51E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05DC624A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+    <w:p w14:paraId="00910BFE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E22801">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E22801">
+      <w:r w:rsidRPr="00BA5524">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E22801">
-[...176 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E22801">
+      <w:r w:rsidRPr="00BA5524">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B36CBF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="5785CE49" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>(Т.Ә.А. (б</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E22801">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ар болса</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E22801">
-[...5 lines deleted...]
-        <w:t>))</w:t>
+      <w:r w:rsidRPr="00BA5524">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="685FE09B" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+    <w:p w14:paraId="4347BD82" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="-289" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="14548C1A" w14:textId="77777777" w:rsidTr="00834E3A">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="5B8E8100" w14:textId="77777777" w:rsidTr="00454850">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="41389903" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="323DF440" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD014CB" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02BA658C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D66F5F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="147B5C3E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E22801">
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="7984EB9C" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="1036"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04F7CBF9" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3158C34F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="35497BDA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F211EFA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14AE5349" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EBDD1A9" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53213ECC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D73026F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00312C80" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="51D10E6B" w14:textId="77777777" w:rsidTr="00454850">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B4FB9F4" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C9DBEA6" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA7CDA2" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="628885D5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A832F3F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05B848D3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CE7E54" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="18BCAFDC" w14:textId="77777777" w:rsidTr="00454850">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C22F7A9" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4483F19A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="14D8674E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CFFE451" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FE6CE1F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="247E34CF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="3670B0AE" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B3496A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0E142DB8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="372AA6E3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A513165" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E0F537" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C2C0CD5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30F516A7" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4572E540" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63D1A742" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D0A751A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="153B5664" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="206DFC31" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="24D1F4E9" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C36C4A0" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C21F78D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3E22DCBA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7A92D3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B5F9EE4" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E5F5C6F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B69CC5D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="07C87AB4" w14:textId="77777777" w:rsidTr="00454850">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="25AD627E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07A83912" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5BA20AFB" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="728C15CC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рофессиональной практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="032D326B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F3D75C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6099CFDF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="10A0B384" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3117F2F4" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7ED050E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18BBCA91" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7756D5D8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аличие положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5956B003" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DAB3655" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C505383" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="5CDDFC09" w14:textId="77777777" w:rsidTr="00454850">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00138A27" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="08A79A51" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="20D7C5FC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D30A4B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B3E93ED" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ABD92CE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55B5F361" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4046A488" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7122DC81" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61723EAB" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76DAFF0F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A77D397" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71FD2C7B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A068B7" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="3CD9889B" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="1694"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B1AD104" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5ED167EF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="228D21BB" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B53B79C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75B7A9BF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F7E891" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EA1D6F8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C0CF31" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="597C0B64" w14:textId="77777777" w:rsidTr="00454850">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="005A7B2E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A343129" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F4EB422" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79615417" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25E3EB18" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33BED18F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A7A2C9F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C0EA926" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="2D0F96DA" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="10729"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06CDED73" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="251AFA65" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1704AF37" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29C27F23" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2594375C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="421C8F80" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CB9FB7D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>«Обучение работе с Microsoft» Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65F1CA04" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07DFF2F8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3578BCB5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73EC3076" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="470C0E5C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="348FC40D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A60FE64" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="460C09BC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56DE4F1B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="298DA889" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A874E8F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73DDA607" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="193751D5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4B1272" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="6970B26A" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="2280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4A1AF15A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06A9E077" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3E14F5BF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="452462EC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF3DCF7" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="419EA7E0" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="185"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23797FAD" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5524">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0723CA4C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3657 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03146CCD" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="125A14C4" w14:textId="0CB15D0A" w:rsidR="00642E67" w:rsidRPr="00E22801" w:rsidRDefault="00642E67">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="7ECA8A32" w14:textId="54A3F4E0" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00642E67" w:rsidRPr="00E22801" w:rsidSect="00834E3A">
+    <w:sectPr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidSect="00C95A18">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="539" w:right="566" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09BA57AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BB01178"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F1137A4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1027870773">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="673924381">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="79371703">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="21053594">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="810172742">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="784084716">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="175"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D81C5D"/>
-[...57 lines deleted...]
-    <w:rsid w:val="00F948EC"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00037A03"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="00071678"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="000942A8"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00121D26"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00175139"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001954A9"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001C7A1B"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001D72BD"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="002018D2"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="00211287"/>
+    <w:rsid w:val="00213146"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00225A31"/>
+    <w:rsid w:val="00230D3C"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00277BC7"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002846C9"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="0029406B"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B4952"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D585E"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00321427"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00360F7E"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="0044022F"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00455531"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="00476E49"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B772A"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523400"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00634DBA"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006513D4"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006972A3"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00706B0C"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00756818"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="00795FB9"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A2C3E"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C3AFB"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00833793"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="0085010B"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00855F33"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008A76B3"/>
+    <w:rsid w:val="008B241F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A1050E"/>
+    <w:rsid w:val="00A118B1"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A42EEB"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC09ED"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD31E2"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B11A63"/>
+    <w:rsid w:val="00B148B5"/>
+    <w:rsid w:val="00B14AED"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B3089F"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA5524"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BE6E56"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C11B5E"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C76EA2"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00C95A18"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D3023D"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D77C62"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D90938"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D917D6"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD085B"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF7B58"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E327C0"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40DF4"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E716D9"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E83360"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE5F57"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1EBC"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F319B1"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42727"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F75E74"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="37D012BC"/>
-  <w15:docId w15:val="{7BE26AFE-CFD8-4F10-AA72-596E0A694D9F}"/>
+  <w14:docId w14:val="1B193A42"/>
+  <w15:docId w15:val="{21C695DB-F4B4-4333-AD0D-D4A1AAB00AF5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8708,51 +10152,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -8934,204 +10378,281 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00036FAE"/>
-[...22 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00036FAE"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-    <w:name w:val="Заголовок 2 Знак"/>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C95952"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="36"/>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
+  <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00E22801"/>
+    <w:rsid w:val="00BA5524"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-    </w:rPr>
-[...11 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="530844431">
+    <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="530996902">
+    <w:div w:id="626203744">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1190070608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1933468713">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9165,86 +10686,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -9375,74 +10894,88 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63C53A24-30C1-46F3-AA13-628EDA39A2C8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1882</Words>
-  <Characters>10732</Characters>
+  <Words>2072</Words>
+  <Characters>11816</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Home</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12589</CharactersWithSpaces>
+  <CharactersWithSpaces>13861</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:subject/>
-[...2 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>