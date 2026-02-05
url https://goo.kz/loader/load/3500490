--- v0 (2025-12-08)
+++ v1 (2026-02-05)
@@ -1,20063 +1,7419 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="271DFE32" w14:textId="77777777" w:rsidR="00F034B9" w:rsidRDefault="00F034B9" w:rsidP="00321427">
+    <w:p w14:paraId="0FB31DF6" w14:textId="060F8AC8" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="00604E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA7661" w:rsidRPr="00E16127">
+      </w:pPr>
+      <w:r w:rsidRPr="00604E1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГУ «Средняя общеобразовательная школа № 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар қаласының №46 </w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E16127">
+      <w:r w:rsidRPr="00604E1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>жалпы</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» </w:t>
       </w:r>
-      <w:r w:rsidR="00EA7661" w:rsidRPr="00E16127">
+      <w:r w:rsidR="00C46D14" w:rsidRPr="00604E1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет конкурс </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E16127">
+      <w:r w:rsidR="00604E1D" w:rsidRPr="00604E1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...59 lines deleted...]
-        <w:t xml:space="preserve">конкурс жариялайды </w:t>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на занятие вакантной должности воспитателя группы продленного дня, с образованием учителя начальных классов </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="6689"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E16127" w:rsidRPr="00EB5361" w14:paraId="207B7B70" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="3F82EF0D" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5306845F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="65911AAA" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E16127">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3C111404" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB8E3B9" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="7639BFAE" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00EA7661" w:rsidP="00321427">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7204DC43" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E16127">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысы Павлодар қаласы білім бөлімінің, Павлодар облысы білім басқармасының </w:t>
-[...103 lines deleted...]
-              <w:t>КММ</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 46 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E16127" w:rsidRPr="00E16127" w14:paraId="06B59F5E" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="36C9B28F" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3C3B29AA" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="1D19912E" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="44BA3E84" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E341D0" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E16127">
-[...16 lines deleted...]
-          <w:p w14:paraId="37FD2D0A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождение, почтовый  адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4160B9EE" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E16127">
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>14000</w:t>
-[...89 lines deleted...]
-              <w:t xml:space="preserve"> 68/2</w:t>
+              <w:t>140000, Республика Казахстан, Павлодарская область,                                город Павлодар,поселок Железнодорожников, улица Центральная 68/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E16127" w:rsidRPr="00E16127" w14:paraId="7EE33700" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="33D9F19A" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="00AF9E9C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="72D3DC48" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="6C6488C2" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B6A92C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E16127">
-[...16 lines deleted...]
-          <w:p w14:paraId="67DF5C42" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00BB6532" w:rsidP="00321427">
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>телефон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E84CFEE" w14:textId="77777777" w:rsidR="006B2217" w:rsidRPr="00604E1D" w:rsidRDefault="006B2217" w:rsidP="006B2217">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E16127">
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>87059638284, 87083022033</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="3829BA39" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="006B2217">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E16127" w:rsidRPr="00E16127" w14:paraId="43604DEC" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="298164A5" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6DC1F1D5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="4B167311" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="44677BE1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37493003" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E16127">
-[...16 lines deleted...]
-          <w:p w14:paraId="5108382F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="005C11CA" w:rsidP="00321427">
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC3BEF5" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="006B2217" w:rsidP="007D4DE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E16127">
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                <w:u w:val="single"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>sosh46.pvl</w:t>
-[...10 lines deleted...]
-              <w:t>@yandex.kz</w:t>
+              <w:t>sosh46.pvl@yandex.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E16127" w:rsidRPr="00EB5361" w14:paraId="3D472880" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="58481FA8" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="609A3152" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="63FEC4C9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E16127">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="166307C9" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD051B9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E16127">
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="702E5A32" w14:textId="77AC864F" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00BB6532">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD6A816" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E16127">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>воспитателя группы продленного дня</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Бастауыш сынып мұғалімі» білімі бар;   ұзартылған күн тобының тәрбиешісінің бос лауазымына конкурс жариялайды </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54DDB3D0" w14:textId="3D7F4360" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="003C05F5" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C46D14" w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставк</w:t>
+            </w:r>
+            <w:r w:rsidR="007D4DE5" w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E16127" w:rsidRPr="00E16127" w14:paraId="23D1372B" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="7BE32B3E" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6DE9858C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="61F35BDA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="32B53DE7" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5017A2A5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E16127">
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="020801E9" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2FD90E" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="75"/>
-              <w:ind w:left="166" w:hanging="283"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="083DFA26" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Способствует формированию общей культуры личности обучающихся и воспитанника и его социализации, вызывает и содействует развитию индивидуальных способностей учащихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CA6CB98" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="4CB2479E" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55DD7A6E" w14:textId="2C2637F9" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="6E7251A0" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Составляет краткосрочные планы,.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CAEC3AD" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...75 lines deleted...]
-          <w:p w14:paraId="32B264DB" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заполняет электронные журналы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47958509" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...383 lines deleted...]
-          <w:p w14:paraId="00D3F79C" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Обеспечивает достижение личностных, системно-деятельностных, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного Государственными общеобязательными стандартами образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E1D8528" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...615 lines deleted...]
-          <w:p w14:paraId="5ECECB2D" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участвует в разработке и выполнении учебных программ, в том числе программ для обучающихся с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D8A3608" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...251 lines deleted...]
-          <w:p w14:paraId="3E555D55" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A47BD55" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...185 lines deleted...]
-          <w:p w14:paraId="6BEA5EF7" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D3712FC" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...459 lines deleted...]
-          <w:p w14:paraId="194A28D0" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии с учетом специфики преподаваемого предмета.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54E034B9" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...119 lines deleted...]
-          <w:p w14:paraId="4D0C696F" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участвует в педагогических консилиумах для родителей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38537B9E" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...75 lines deleted...]
-          <w:p w14:paraId="7035B82A" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Консультирует родителей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75BA3124" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...163 lines deleted...]
-          <w:p w14:paraId="57E7123A" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Повышает профессиональную компетентность, в том числе информационно-коммуникационную.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02FC1CA1" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...239 lines deleted...]
-          <w:p w14:paraId="56B3155C" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выполняет правила безопасности и охраны труда, противопожарной зашиты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE30B5B" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...229 lines deleted...]
-          <w:p w14:paraId="2F473F8B" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D3764BF" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...185 lines deleted...]
-          <w:p w14:paraId="5B5D7828" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Осуществляет сотрудничество с родителями или лицами, их заменяющими.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6120D731" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="166" w:hanging="283"/>
-[...230 lines deleted...]
-            <w:pPr>
+              <w:ind w:left="203" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выполняет требования по безопасности и охране труда при  эксплуатации оборудования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60E99417" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="00604E1D">
+            <w:pPr>
+              <w:ind w:left="203"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E16127" w:rsidRPr="00EB5361" w14:paraId="46A0EA09" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="1B08EC21" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2C3E3D05" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="54FED126" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="6AB7BED5" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EAA80BC" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E16127">
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="241B4E8B" w14:textId="708292FD" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00321427">
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF354CD" w14:textId="4A5A2647" w:rsidR="00C46D14" w:rsidRPr="00C75463" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E16127">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C75463">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00C75463" w:rsidRPr="00C75463">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Лауазымдық жалақысы еңбек өтіліне, біліміне, біліктілік санатына байланысты 175620 теңге және одан жоғары.</w:t>
+              </w:rPr>
+              <w:t>Должностной оклад в зависимости от выслуги лет, образования, квалификационной категории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E16127" w:rsidRPr="00E16127" w14:paraId="5BFDFA73" w14:textId="77777777" w:rsidTr="00B3089F">
-[...4 lines deleted...]
-          <w:p w14:paraId="263F364F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="4764B677" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4057758C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E16127">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="621342C6" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00E16127" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7645413D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E16127">
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кандидатқа қойылатын біліктілік талаптары, бекітілген</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="17F58A1D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00715E75" w:rsidP="00321427">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59E4C901" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E16127">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен</w:t>
-[...22 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="490B08FD" w14:textId="69C5F713" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00C46D14">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Конкурсқа</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...511 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E16127" w:rsidRPr="00E16127" w14:paraId="0F1B87A0" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="76771436" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="397DFB8C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DB8C3ED" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E16127">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="312807AC" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00470938" w:rsidP="00321427">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34414CFD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E16127">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="67BB14D8" w14:textId="73EFE8BA" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00EB5361" w:rsidP="00321427">
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48336358" w14:textId="75E54F56" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="007F5DB9" w:rsidP="009E4485">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12.03-20.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E16127" w14:paraId="0B211235" w14:textId="77777777" w:rsidTr="00B3089F">
-[...4 lines deleted...]
-          <w:p w14:paraId="2E2EC0D8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00604E1D" w14:paraId="6FAD0205" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="514F5560" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E16127">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="52A8EF64" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00470938" w:rsidP="00321427">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8B2428" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E16127">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізімі</w:t>
-[...12 lines deleted...]
-              <w:ind w:firstLine="360"/>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53F6FC08" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
-              <w:rPr>
-[...5 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="452F8F28" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C93B99D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A448BD5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12B55561" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51992C66" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C492DCD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) справку с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E6F0F21" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25A42FFE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D1F64C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на занятие должности педагогов английского языка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат о результатах сертификации с пороговым уровнем не менее 90%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge) PASS A; DELTA (Diploma in English</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FE27EF9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01FE92F0" w14:textId="77777777" w:rsidR="00406219" w:rsidRPr="00E16127" w:rsidRDefault="00406219" w:rsidP="00406219">
-[...3 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:p w14:paraId="0F2E0D99" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
-              <w:rPr>
-[...196 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11) педагоги, приступившие к педагогической деятельности в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74CC52B6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
-              <w:rPr>
-[...140 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D8E0FCB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
-              <w:rPr>
-[...238 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заполненный Оценочный лист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E00CC5E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
-              <w:rPr>
-[...145 lines deleted...]
-            </w:pPr>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>видеопрезентация для кандидата без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью  не менее 15 минут, с минимальным разрешением – 720 x 480;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D55B2DD" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E16127" w:rsidRDefault="00B3089F">
+    <w:p w14:paraId="5B336BC8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5302FA36" w14:textId="77777777" w:rsidR="00406219" w:rsidRPr="00E16127" w:rsidRDefault="00406219">
+    <w:p w14:paraId="5EBABC22" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76C3AA81" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+    <w:p w14:paraId="3CD05472" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="006B2217" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-[...918 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...1570 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6154"/>
-        <w:gridCol w:w="3911"/>
+        <w:gridCol w:w="5327"/>
+        <w:gridCol w:w="4036"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="00EB5361" w14:paraId="417261FC" w14:textId="77777777" w:rsidTr="002552D7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="3696A84B" w14:textId="77777777" w:rsidTr="00C46D14">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5327" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F446911" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4036" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7F67E0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18C0C6C8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="20E60497" w14:textId="77777777" w:rsidTr="00C46D14">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5327" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC32395" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4036" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7538D8E7" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="5605FCA6" w14:textId="77777777" w:rsidTr="00C46D14">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5327" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="334AD346" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4036" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5897E3AB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственный орган,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объявивший конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3EBA4ADD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z472"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="0BD6E2F8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCE0009" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E43F18" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              (должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39557627" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA28884" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5BFB54" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC5BB61" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z473"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FB2475C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z474"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25688D6F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37069C4A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A688DE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DD7926" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297D921B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">          Образование: высшее или послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="515ACD7B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9823" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3302"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="3544"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="2B3E1EF6" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3302" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2389BFF4" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z475"/>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="3"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7695A610" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6610BD61" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="2D2F8FAC" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3302" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09368C5A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CB30907" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B6E0B16" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57AC3803" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04EDAFF2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D839D20" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="14A7720F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z483"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Наличие квалификационной категории </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(дата присвоения (подтверждения):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="76CF623E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF8D897" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы: ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4199DA45" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы: _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4657527F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F04AC47" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1151E6FA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5886"/>
+        <w:gridCol w:w="3477"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="3AE5936B" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22124DFF" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w14:paraId="0E16CDBB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3346E2AA" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w14:paraId="1BDF284C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B19A946" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тағайындау</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="027FCF14" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C37F446" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09A3229D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лауазымдарға</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52738AEB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35A547D1" w14:textId="77777777" w:rsidR="006B2217" w:rsidRPr="006B2217" w:rsidRDefault="006B2217" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20C0ECBA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бірінші</w:t>
-[...172 lines deleted...]
-          <w:p w14:paraId="5C25CC4C" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24466035" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...46 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D15F169" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+    <w:p w14:paraId="14553243" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z364"/>
-      <w:r w:rsidRPr="002A2141">
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2375E545" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE952FE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E21CCB1" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">освобождения от должностей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B663DE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D21ECA7" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39809491" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D0469C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15319089" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2982A4A6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F335B8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74609D45" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002A2141">
+      <w:r w:rsidRPr="009E14F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>Педагогтің</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002A2141">
+    </w:p>
+    <w:p w14:paraId="397E6092" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...221 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10532" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="751"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="519"/>
+        <w:gridCol w:w="2675"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="3596"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="0B927370" w14:textId="77777777" w:rsidTr="004A01E9">
-[...6 lines deleted...]
-            <w:tcW w:w="751" w:type="dxa"/>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="2BF4C282" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="404B884C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...25 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB89B7C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...63 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4131AFA6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...57 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A2C57B6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="022DA3E2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="285E9192" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...59 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67D6D1EA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...65 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="373FE2F0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...138 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28F1DE5E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...379 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61EC7312" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="470758D9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FE85877" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F96D30E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="282B8373" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="24DE3F21" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...32 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F0349C2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...65 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C316866" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...138 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7EF17D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...156 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0703197D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF5720E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F254BEB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="6FFAB237" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...32 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-              </w:rPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2896C6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...138 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="192D1634" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71B98E7F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...103 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="769C9485" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="308A45CA" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...32 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F93EA94" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...63 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="689B20AE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...65 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2241A93A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...247 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C05CCC4" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="158D6BF9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D73F117" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F5040E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39A95AF0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31127876" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CA42774" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="5771D80F" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...31 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43A41626" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...118 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08F27963" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...119 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59278CAD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...403 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4CAE26" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C1D7D2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64818255" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="5D0F795A" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...32 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="457AA7D7" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...137 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D85CEA2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...77 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6154C310" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...172 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BCC2F15" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3336EC2E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="2BDD8D8C" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...31 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35AF46F7" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...211 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20424055" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...378 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28AAC51D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...189 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A58A0E8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7521C709" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="09F3706A" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...32 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8BEF46" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...85 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C675235" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...414 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12C985D0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="581F25C6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DF8F306" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...585 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="128FFBB5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38B81004" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="084B4B50" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B94F814" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CFE0410" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27EEA9C3" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="10E72B24" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...32 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2C4C6D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...45 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D7CDB19" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...94 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49EE1E54" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...666 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F0E6AF6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="772A2F2A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и (или) УМК, включенных в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28604942" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="6E671063" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...32 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-              </w:rPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F6EC678" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...45 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27C09A86" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...118 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22F4D19C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...390 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="251A19BA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7559B60E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DAA2DDA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54ADB3EC" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26DC59A0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="01D84FB7" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...31 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02EC87D3" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...65 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="472365D2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3405FDA9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64E11B1A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AD9A510" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A9E30E0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21C5E7F4" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="406048BE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48D37757" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73962808" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="628ABC88" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F6F9088" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7608BD85" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="485B8AEE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D414CB">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...15 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AEDB0C9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BA4178B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3127E12D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61F63F3B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EE4AA01" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="655AAD98" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62C29A20" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E9FABC5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E8D7EDB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05486CAE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="467E0FE0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT – International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D33D4D8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="787965D1" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6443ECCC" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE04147" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6234FB3C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="259720B6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31CEBFE2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D414CB">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - </w:t>
-[...15 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63A40BCE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                <w:sz w:val="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2765BB59" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1078 lines deleted...]
-              </w:rPr>
               <w:t>"Developing expertise in teaching chemistry"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04D11330" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">НЗМ ПШО </w:t>
-[...805 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63D9C159" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33DB53EA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="002F1705" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2992DA95" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="041AD12E" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...31 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6276C937" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...660 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0212237F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн",педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...151 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE86175" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...64 lines deleted...]
-            </w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49EF8053" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="00156E75" w14:textId="77777777" w:rsidTr="004A01E9">
-[...6 lines deleted...]
-            <w:tcW w:w="2594" w:type="dxa"/>
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="7A78737D" w14:textId="77777777" w:rsidTr="009F22A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3194" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...47 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13D77E85" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...40 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1D7F9E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB5BF4A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="513B2458" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+    <w:p w14:paraId="79F37B1E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64EE1364" w14:textId="77777777" w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
+    <w:p w14:paraId="0CC71FB8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C6ADF7D" w14:textId="77777777" w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
-[...35 lines deleted...]
-    <w:sectPr w:rsidR="002A2141" w:rsidSect="00645032">
+    <w:p w14:paraId="4E188606" w14:textId="77777777" w:rsidR="00D72C33" w:rsidRDefault="00D72C33"/>
+    <w:sectPr w:rsidR="00D72C33" w:rsidSect="001C3096">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1133" w:bottom="709" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...21 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...12 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="050137C7"/>
+    <w:nsid w:val="64F72F5C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="32E00556"/>
+    <w:tmpl w:val="55B0D26A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -20123,1462 +7479,135 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...653 lines deleted...]
-  <w:num w:numId="7">
+  <w:num w:numId="1" w16cid:durableId="1948735980">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...692 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00C46D14"/>
+    <w:rsid w:val="000F293F"/>
+    <w:rsid w:val="001B3407"/>
+    <w:rsid w:val="001C3096"/>
+    <w:rsid w:val="003C05F5"/>
+    <w:rsid w:val="0047333D"/>
+    <w:rsid w:val="00596E56"/>
+    <w:rsid w:val="005D0923"/>
+    <w:rsid w:val="00604E1D"/>
+    <w:rsid w:val="006B2217"/>
+    <w:rsid w:val="007D4DE5"/>
+    <w:rsid w:val="007F26A6"/>
+    <w:rsid w:val="007F5DB9"/>
+    <w:rsid w:val="00837067"/>
+    <w:rsid w:val="009032B3"/>
+    <w:rsid w:val="009E4485"/>
+    <w:rsid w:val="00C46D14"/>
+    <w:rsid w:val="00C75463"/>
+    <w:rsid w:val="00D72C33"/>
+    <w:rsid w:val="00E275D2"/>
+    <w:rsid w:val="00E85E34"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6A69382F"/>
-  <w15:docId w15:val="{3295768E-73CF-4F64-BA1E-94880E45D7BB}"/>
+  <w14:docId w14:val="7D683147"/>
+  <w15:docId w15:val="{545F73DB-C633-48C2-9FE5-F6DB1C45A5B4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -21910,326 +7939,142 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="007F26A6"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="00C46D14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
-[...71 lines deleted...]
-  <w:style w:type="table" w:styleId="a8">
+  <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="00C46D14"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...46 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="335617763">
-[...64 lines deleted...]
-    <w:div w:id="1960646416">
+    <w:div w:id="2047562338">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -22471,88 +8316,70 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>10689</Characters>
+  <Pages>1</Pages>
+  <Words>1873</Words>
+  <Characters>10679</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
+  <Lines>88</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12539</CharactersWithSpaces>
+  <CharactersWithSpaces>12527</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:creator>Yandex.Translate</dc:creator>
+  <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>