--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,9082 +1,9298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="64F506F7" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="008C5249" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="2716D1F4" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
       <w:r>
-        <w:tab/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№6</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C5249">
+      <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:noProof/>
-[...2 lines deleted...]
-        <w:t>«Павлодар қаласының № 6 жалпы орта білім беру мектебі» КММ</w:t>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность учителя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>математики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">русским языком обучения (временно, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>на период отпуска основного работника по уходу за ребенком</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до 31.08.2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27190BDF" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="008C5249" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="318154C9" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...97 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="00D5403D" w14:paraId="20CEE214" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w14:paraId="5B60EDD5" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2531DC5F" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="499E6003" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="04DFEECC" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD62762" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...15 lines deleted...]
-          <w:p w14:paraId="1DD8CA20" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B1C1B4" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының </w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">№6 </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00EC773A">
+              <w:t>№6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C800AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w14:paraId="1C367AB9" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w14:paraId="13E54010" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3BC3D270" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="3090DD3F" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="626CDCDD" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40847DB2" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="056203BF" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35D6FE44" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, </w:t>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Генерал Смағұлов </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>Генерала Смагулова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> көшесі, </w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w14:paraId="42DBB0E4" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w14:paraId="4E99E800" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="710ED7DB" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="5CD7529E" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="617BE5CA" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B896910" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="692B72B0" w14:textId="44D04ABF" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="719079B4" w14:textId="252BF030" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00E4075F">
+            <w:r w:rsidR="009C35A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7182620158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w14:paraId="20DD5A5A" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w14:paraId="560193FC" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="011DE456" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="01661A5A" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="72CD71FC" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="450D93B6" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="34E87C9E" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="00417D4E" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:r w:rsidRPr="00417D4E">
               <w:t>sosh6@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="00D5403D" w14:paraId="006F2965" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w14:paraId="7A43782F" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="66E000D1" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="15971B8B" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3A8C2EC3" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="610853AC" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="2EEACAB4" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="177EE5D2" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...39 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>математики с русским</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> языком обучения,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>16 сағат</w:t>
+              <w:t>16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="00E4075F" w14:paraId="3F6381B4" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w14:paraId="31450FEB" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4393BE8A" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="0966AD8C" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16018C7A" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="431C7ABF" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="5476E92E" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="369DD5A4" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w14:paraId="70DC60C6" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6019CFC4" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w14:paraId="51798EAE" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59446E37" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="00E4075F" w14:paraId="0150E1BD" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w14:paraId="132B0615" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="67739DB8" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="41807F57" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5976990C" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A205B1" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="35DA4F35" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C15661" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...31 lines deleted...]
-          <w:p w14:paraId="131D62AC" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F1BA37A" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...20 lines deleted...]
-          <w:p w14:paraId="695F1FB9" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 129 258,89 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="525B49CC" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...6 lines deleted...]
-              <w:t>- жоғары білім (min): 159 626,94  теңге</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 159 626,94 тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="00E4075F" w14:paraId="14106BCC" w14:textId="77777777" w:rsidTr="001376EE">
-[...4 lines deleted...]
-          <w:p w14:paraId="16F0C7DC" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w14:paraId="47364206" w14:textId="77777777" w:rsidTr="00EE0F7C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7495077A" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2E2FFF3E" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="144CC7D6" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-          <w:p w14:paraId="025FB4F9" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="609B219A" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="2CAE5C35" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A64E803" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w14:paraId="381431BD" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C25977A" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w14:paraId="79C4F5A3" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5930FBBC" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w14:paraId="410E0F24" w14:textId="77777777" w:rsidTr="001376EE">
-[...7 lines deleted...]
-          <w:p w14:paraId="55043512" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w14:paraId="04E778BE" w14:textId="77777777" w:rsidTr="00EE0F7C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="078FBB25" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D74C3B7" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="300B418D" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...16 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F085D7" w14:textId="2D0E01C2" w:rsidR="00E00F8A" w:rsidRDefault="007C1260" w:rsidP="00E00F8A">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00E4075F">
+            <w:r w:rsidR="009C35A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00A1605E">
+            <w:r w:rsidR="00E00F8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00A57E0B">
+            <w:r w:rsidR="006B702C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00E4075F">
+            <w:r w:rsidR="009C35A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00A1605E">
+            <w:r w:rsidR="00E00F8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidR="00A57E0B">
+            <w:r w:rsidR="006B702C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00A1605E">
+            <w:r w:rsidR="00E00F8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00D5403D">
+            <w:r w:rsidR="003A2046">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00A1605E">
+            <w:r w:rsidR="00E00F8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00A57E0B">
+            <w:r w:rsidR="006B702C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00E4075F">
+            <w:r w:rsidR="009C35A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00A1605E">
+            <w:r w:rsidR="00E00F8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidR="00A57E0B">
+            <w:r w:rsidR="006B702C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="3ADE8029" w14:textId="5CED5452" w:rsidR="00EE0F7C" w:rsidRPr="008D234C" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="00E4075F" w14:paraId="300A5E76" w14:textId="77777777" w:rsidTr="001376EE">
-[...7 lines deleted...]
-          <w:p w14:paraId="53679C56" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w14:paraId="42E9CFF5" w14:textId="77777777" w:rsidTr="00EE0F7C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0FCE51" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="48E57B4A" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6AC33B" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...18 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D0850E" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
-[...56 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="088D1CAB" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке басын куәландыратын құжат</w:t>
-[...31 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2891708A" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке іс парағы</w:t>
-[...31 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E971C3F" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36238CFB" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>еңбек қызметін растайтын құжаттың</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CE448D6" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...84 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>денсаулық жағдайы туралы анықтама</w:t>
-[...23 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CCAF071" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11178AE0" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
-            <w:pPr>
+          <w:p w14:paraId="0076E975" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>наркологиялық ұйымнан анықтама</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F37765C" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
-            <w:pPr>
+          <w:p w14:paraId="6CE6EF24" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>) сертификаттаудан өту</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификат </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">педагог-модератордан </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қолданыстағы</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>біліктілік санатының болуы туралы</w:t>
-[...32 lines deleted...]
-            <w:pPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72711669" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7775B9E5" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...19 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52FF67D4" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
-            <w:pPr>
+          <w:p w14:paraId="7A697ADA" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B9AF65B" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w14:paraId="58D553AE" w14:textId="77777777" w:rsidTr="001376EE">
-[...7 lines deleted...]
-          <w:p w14:paraId="18D69383" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w14:paraId="7057BABF" w14:textId="77777777" w:rsidTr="00EE0F7C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EDBCE1C" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7AE5B65E" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="717ED56C" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...17 lines deleted...]
-          <w:p w14:paraId="599233AD" w14:textId="41184AC2" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29CE747D" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="005763A2" w:rsidRDefault="00EE0F7C" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...24 lines deleted...]
-              <w:t>дейін</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>временно, на период отпуска по уходу за ребенком основного работника</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 31.08.2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0AF82044" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="70A41B55" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRPr="001F4BA9" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BFA9350" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="62B98616" w14:textId="77777777" w:rsidR="00FE4AA4" w:rsidRDefault="00FE4AA4">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06F25043" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="0259DDBA" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18FDD8E8" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="4C9BD2FB" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D770975" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="001F4BA9" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="10F9B9AF" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AB2AACA" w14:textId="77777777" w:rsidR="00FE4AA4" w:rsidRDefault="00FE4AA4" w:rsidP="00B262FC">
+    <w:p w14:paraId="57553887" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="734EE6B0" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="7B667798" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34F4EFF0" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="2506F948" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33A5A9B9" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="17960AC3" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="756CE862" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="722798E1" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E1BF10F" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="7420D8DC" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40FBB739" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="2B2C6A22" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13B0D968" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="61F057B7" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02911A24" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="5C61FE9D" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13A482C4" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="3671C5E5" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="293948B6" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="45C1BB82" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15A73EBE" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="3443317C" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C1EC395" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="10CE31EC" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53420CAF" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="515DF656" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27ED8272" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="1CC025A6" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B262FC" w14:paraId="2E5D4BEE" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="68738004" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="5DB22654" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12711412" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="16755955" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
-[...24 lines deleted...]
-            </w:tcBorders>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EF0CC2D" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="171BA3F3" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="66D599F6" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A6D579A" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2B805460" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FC67CDE" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7531B0D4" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CB14D41" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0E599993" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28ED9327" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 10-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1E6546E4" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D32FF28" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C36BEA7" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="3202F52B" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="368432B0" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08994908" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B936921" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61352427" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D69181D" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="4EB8CE19" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63CEC79B" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="22C77E6F" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ECC728F" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="5A4A2AA2" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="545384FB" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="6A527F89" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F3A02E" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1254F6C1" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23217165" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="608B0F45" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B262FC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF02B4B" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
-[...84 lines deleted...]
-    <w:p w14:paraId="010D28F7" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="51D5BD01" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70E9395C" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="0FC0C1A2" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4A7004" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="70D11766" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені </w:t>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="207BA30F" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="422B4BCB" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48B8168E" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="12078051" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59461BE7" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
-[...20 lines deleted...]
-    <w:p w14:paraId="71A95058" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="44D26789" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077C4199" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="56DAD0E1" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44ED4759" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="238C26F9" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52BFF320" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28DEF635" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A9F0308" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="0C981218" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="414453B3" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="40FAD718" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="754BD55D" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="721A8C48" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79453ABB" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="7F849AD1" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B262FC" w14:paraId="65D81DB1" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="453533DB" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FEB1224" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="1D343D16" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...21 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="015B200D" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="781843E3" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55F165EE" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FE945D3" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="28E04F14" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="532884D9" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40467028" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="694989B7" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w14:paraId="16A66BA4" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="67A1EC2C" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EF7FCC6" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="2513347F" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AA8F9DD" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="6CD1C11A" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F868D7E" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="45EA01E6" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27EEFE81" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="001376EE">
+          <w:p w14:paraId="3D57AD58" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="097C1EB7" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="49EE40B4" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79B3056E" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="543528BC" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-        <w:t>Біліктілік санатының болуы (бер</w:t>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>(раста</w:t>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16688AFE" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A8EBD2" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="426B9DF2" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>) күні):</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="359731C5" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045D18C7" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="028C4557" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A4CD32D" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504E4482" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A713EE" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55B47018" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063D325F" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74C21E55" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56128914" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2021BB2E" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4916914D" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D11CA8" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E44F8CD" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63E43A94" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="4709AAEA" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="45A83614" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="58EEA6B4" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="567E1D1C" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Педагогикалық</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>жұмыс</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>өтілі</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>:</w:t>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...21 lines deleted...]
-        <w:t>Келесі</w:t>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...83 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>подпись</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...295 lines deleted...]
-        <w:br/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                         </w:t>
-[...34 lines deleted...]
-        <w:t>олы)</w:t>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C4F3874" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="3F2F8D38" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B262FC" w14:paraId="620AEDDF" w14:textId="77777777" w:rsidTr="00B262FC">
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="7ECC1420" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0635A48B" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
+          <w:p w14:paraId="1E497337" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="52F61946" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
+          <w:p w14:paraId="02D5BE9B" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="463475C9" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
+          <w:p w14:paraId="5CFDE792" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="65977450" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13A9ACC7" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="7E560829" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F560583" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="45840AB3" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="521E6DC5" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="759B4DF7" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74661014" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A83D697" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="585468A4" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="762D1572" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="393F333F" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="3A9CA023" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-        <w:t>немесе</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B843F2" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...132 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="489DBF4B" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
-[...35 lines deleted...]
-    <w:p w14:paraId="66C07E0E" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="29135D9A" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10395" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10425" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="468"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B262FC" w14:paraId="3D29F663" w14:textId="77777777" w:rsidTr="00B262FC">
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="61CF4F5D" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01B0C8D0" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="66FAA9BF" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76149259" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="394EE532" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E3F68C8" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="22BB7CB8" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31A38238" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="0DAC523F" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="68C775B5" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26DC0598" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...21 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w14:paraId="418E3B77" w14:textId="77777777" w:rsidTr="00B262FC">
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="70075625" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DDDF5D5" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="692496FF" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="172C92E5" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="3BC1AA46" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="240C1C9B" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...21 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="0FAE2004" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FB22FBC" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...95 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="260EF21A" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="266A8F36" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6104D432" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="114D6A3E" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61F18B76" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A801DE3" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w14:paraId="089C55F7" w14:textId="77777777" w:rsidTr="00B262FC">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="0A8290B7" w14:textId="77777777" w:rsidTr="00EE0F7C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="088C27BD" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6480AA9F" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03DD3988" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="371E863B" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58F4CEE7" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...21 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="29105190" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42B24C1C" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7215C9C4" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...66 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48EA56D8" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61127302" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD30C10" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w14:paraId="25F000FC" w14:textId="77777777" w:rsidTr="00B262FC">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="483EDC68" w14:textId="77777777" w:rsidTr="00EE0F7C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF67A39" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58369016" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="03BBA9F6" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40427BD3" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="51740042" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...31 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A3ABF29" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC48A44" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F95502" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w14:paraId="12BC01F9" w14:textId="77777777" w:rsidTr="00B262FC">
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="1048606B" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0362821E" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="2E9A61D7" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75265FB5" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="73A849B2" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...32 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2034A4" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60903E89" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E269CCE" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...254 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="18BBE823" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BC53C6F" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58AC7797" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B74D310" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BD20CA3" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="443BC4EC" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43FE6761" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D0BF52" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="00E4075F" w14:paraId="5937801E" w14:textId="77777777" w:rsidTr="00B262FC">
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="21267ACA" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51A47B15" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="43A7A21E" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E12B55D" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="11032A0D" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EC4775F" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...23 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="4170DD56" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72242F08" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...65 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="21E7F0F4" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A1389C5" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A992F32" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B468D5" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w14:paraId="6F607AFE" w14:textId="77777777" w:rsidTr="00B262FC">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="48F052A8" w14:textId="77777777" w:rsidTr="00EE0F7C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="413AF3F0" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="5C414ED4" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DAD0D64" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="507A04BD" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42E76894" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...21 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="7414ABCF" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42A3D8E5" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="58102CA4" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты педагогической/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рофессиональной практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F8D86EF" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="737E8C96" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E449CE" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="00E4075F" w14:paraId="347B8EE9" w14:textId="77777777" w:rsidTr="00B262FC">
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="3FBB48A1" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="635B63E6" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="469FC34F" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="441451AF" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="7A148417" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A8E8C53" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...23 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="001C50C2" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29AA3F9E" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...44 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="5952D341" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аличие положительного рекомендательного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="597F47F8" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02F8D7C7" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7AA93D" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="00E4075F" w14:paraId="7E6B9145" w14:textId="77777777" w:rsidTr="00B262FC">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="33339B24" w14:textId="77777777" w:rsidTr="00EE0F7C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03263D44" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="0EDE0D33" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D090B27" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="77AD26A7" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EFDD2E1" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...68 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="48B0DFA9" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44812E23" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AD3C317" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="613FD8B9" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...56 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="18F0230C" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...127 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F7D4718" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="141D455A" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41FA5B2C" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C8879C8" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AB4BC7B" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62AF97D1" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="056024AA" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="546B4B46" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w14:paraId="35B833A4" w14:textId="77777777" w:rsidTr="00B262FC">
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="700D9744" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FB10F34" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="5DD37E55" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46A149EE" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="15A25CF2" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="349E1C08" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...30 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="10D47021" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DE6F04" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3055BBCE" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64128F06" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3705B412" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D9D6AD" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="00E4075F" w14:paraId="2EFB8D86" w14:textId="77777777" w:rsidTr="00B262FC">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="736B473C" w14:textId="77777777" w:rsidTr="00EE0F7C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76A1FB28" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="5471059C" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F2D32E7" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="0EF11FE5" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4406AE0C" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...21 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="53614F16" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Документ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F4FCBF0" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...86 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="5723CFFD" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13EF0450" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53853E03" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39A8E7D6" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD2C20E" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w:rsidRPr="00E4075F" w14:paraId="53BB3191" w14:textId="77777777" w:rsidTr="00B262FC">
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="1EFECE5B" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
-          <w:trHeight w:val="687"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="037117B6" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="7598B2D1" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24A76647" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="7E10FD06" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="450B7E5F" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...51 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6CC7CE2E" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="483DB66B" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="028BFC85" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F631F08" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28AA4FE6" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>«Обучение работе с Microsoft» Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28C7FACE" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AED78EB" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23449F2C" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A9B1F9F" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C18D8EC" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7046BE7B" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65067256" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="435D3E9C" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B37B9B1" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53DB9F08" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B70C6C1" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>«CELTA</w:t>
-[...14 lines deleted...]
-                <w:szCs w:val="18"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
-[...464 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D4AECD2" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...42 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2085B394" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="444709F6" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7455E9FF" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w14:paraId="7C431FA5" w14:textId="77777777" w:rsidTr="00B262FC">
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="114CAF84" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F697B97" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="303F3022" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CB7299F" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="03264F3D" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39C48377" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...23 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="6FBA8431" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42F449BE" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...23 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="616E2C02" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9B4255" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B262FC" w14:paraId="6B35B176" w14:textId="77777777" w:rsidTr="00B262FC">
+      <w:tr w:rsidR="00EE0F7C" w14:paraId="654A4192" w14:textId="77777777" w:rsidTr="00EE0F7C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5287" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="362203E3" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="45F61F5D" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...8 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...17 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E1E0669" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E89288" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05E5E452" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
+    <w:p w14:paraId="6CC279E5" w14:textId="77777777" w:rsidR="00EE0F7C" w:rsidRDefault="00EE0F7C" w:rsidP="00EE0F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F74D95B" w14:textId="77777777" w:rsidR="00B262FC" w:rsidRPr="00B262FC" w:rsidRDefault="00B262FC" w:rsidP="00B262FC">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="00B262FC" w:rsidRPr="00B262FC" w:rsidSect="00CE49E6">
+    <w:sectPr w:rsidR="00EE0F7C" w:rsidSect="00682FA2">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="850" w:bottom="567" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="850" w:bottom="709" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
@@ -9086,89 +9302,89 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001962D0"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00E4075F"/>
+    <w:rsidRoot w:val="004A3C80"/>
+    <w:rsid w:val="003A2046"/>
+    <w:rsid w:val="004A3C80"/>
+    <w:rsid w:val="00682FA2"/>
+    <w:rsid w:val="00696C85"/>
+    <w:rsid w:val="006B702C"/>
+    <w:rsid w:val="007C1260"/>
+    <w:rsid w:val="009C35A0"/>
+    <w:rsid w:val="00D26F2B"/>
+    <w:rsid w:val="00E00F8A"/>
+    <w:rsid w:val="00EA68B1"/>
+    <w:rsid w:val="00EE0F7C"/>
     <w:rsid w:val="00FE4AA4"/>
-    <w:rsid w:val="00FF05AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="063047D5"/>
-  <w15:docId w15:val="{FDA7CE61-E19B-42F8-B47C-AB97CC271BA0}"/>
+  <w14:docId w14:val="1E69F721"/>
+  <w15:docId w15:val="{13FD323F-87B0-43BD-B96B-9B5CCB49CEDE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9526,139 +9742,139 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B262FC"/>
+    <w:rsid w:val="00EE0F7C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00B262FC"/>
+    <w:rsid w:val="00EE0F7C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...11 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="1043868980">
+    <w:div w:id="532886970">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1762289712">
+    <w:div w:id="537090244">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1067995753">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -9928,54 +10144,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2010</Words>
-  <Characters>11460</Characters>
+  <Words>2079</Words>
+  <Characters>11855</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13444</CharactersWithSpaces>
+  <CharactersWithSpaces>13907</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Люда</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>