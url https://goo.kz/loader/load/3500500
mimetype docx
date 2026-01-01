--- v0 (2025-12-11)
+++ v1 (2026-01-01)
@@ -1,11029 +1,8897 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5295BF39" w14:textId="08AE86F8" w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+    <w:p w14:paraId="219592DC" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B5CFF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D5BE7B" w14:textId="13B3EFB6" w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w:rsidRDefault="00286735" w:rsidP="00E1304D">
+    <w:p w14:paraId="022FBF38" w14:textId="3E879735" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орыс</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>физической культуры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тіл</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">русским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...111 lines deleted...]
-        <w:t xml:space="preserve">лауазымына </w:t>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">языком обучения </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D2C8907" w14:textId="54033E52" w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+    <w:p w14:paraId="7CC76AC8" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00DE3A8D" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="506"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6676"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E1304D" w:rsidRPr="006514B5" w14:paraId="16629027" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w14:paraId="571D6F80" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6C9FC058" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="095877A5" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F2983C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C6FE79" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...52 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="614021C4" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w14:paraId="12BD998A" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5E40E2FC" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
-[...65 lines deleted...]
-              <w:t>Генерал Смагулов көшесі,78</w:t>
+          <w:p w14:paraId="1F4B71F8" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C600339" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A686A29" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="003D5ADF" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Генерала Смагулова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="1B2E06A6" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w14:paraId="59E523B9" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="745C556F" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="0EB7F351" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FE1609" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA0262B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...47 lines deleted...]
-              <w:t>58</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7182620158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="45BC4AFF" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00DE3A8D" w14:paraId="376FD396" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4FC1C42D" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
-[...46 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="469863D2" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3A538B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA3D6AF" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00417D4E">
               <w:t>sosh6@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1304D" w:rsidRPr="006514B5" w14:paraId="7D976859" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w14:paraId="725851EF" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6395E6C9" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
-[...61 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5814FD6E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="384B39EE" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38FA388D" w14:textId="77D6889F" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> сағат</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F3BA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>физической культуры</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в классах с русским языком обучения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ча</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сов </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1304D" w:rsidRPr="00557064" w14:paraId="73BF4752" w14:textId="77777777" w:rsidTr="00013294">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w14:paraId="51A9B9DC" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="348B1CBD" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="414C406D" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25506027" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="178587BF" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78B55A1D" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="604EFF6C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w14:paraId="0549B2BA" w14:textId="77777777" w:rsidTr="00434970">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="774C0EC6" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDFCAAD" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="136F155C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...177 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27931AFA" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 205639 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="517EB745" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>от 253951</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w14:paraId="4F9A5770" w14:textId="77777777" w:rsidTr="00434970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="775A492E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB67214" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B435995" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D08DAF" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58D84345" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B999FF4" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w14:paraId="1D891BB3" w14:textId="77777777" w:rsidTr="00434970">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F195101" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39459417" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D4F1298" w14:textId="23753B08" w:rsidR="003F3BA2" w:rsidRPr="00244165" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D234C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D234C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D234C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w14:paraId="24EA0BA6" w14:textId="77777777" w:rsidTr="00434970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF86AA2" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="681FA310" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BF9154" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00AD4252" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z180"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F349FD">
-[...100 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F349FD">
-[...30 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7037084C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00AD4252" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z181"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F349FD">
-[...100 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A464213" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00AD4252" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z182"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F349FD">
-[...275 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44618D1F" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00AD4252" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z183"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F349FD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D6FBD45" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00AD4252" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z184"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72BCE631" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00AD4252" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z185"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D7D5D1" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00AD4252" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z186"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A32A20C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00AD4252" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z187"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="237F6826" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00444F20" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z188"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="z189"/>
+            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+          <w:p w14:paraId="69CB3FB6" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00AD4252" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35581504" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="001A2B66" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z190"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F2B0383" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00AD4252" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z191"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00326FE4" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="001A2B66" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z192"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">видеопрезентация (самопрезентация) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 480.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p w14:paraId="29FB3341" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004A01E9" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w14:paraId="57C0D4B7" w14:textId="77777777" w:rsidTr="00434970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41CDA8A9" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CC2E92" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00B3089F" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...311 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79233BFA" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00FC5F6A" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...627 lines deleted...]
-              <w:t>үнемі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>на постоянной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B418A8D" w14:textId="77777777" w:rsidR="00D20A7F" w:rsidRDefault="00D20A7F" w:rsidP="00470FF2">
+    <w:p w14:paraId="1BAD43BA" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...256 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...1747 lines deleted...]
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="3E9EC831" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00790B31" w14:paraId="4EDCBCBE" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5920" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="379145CD" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="610C08D7" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...28 lines deleted...]
-          <w:p w14:paraId="4E8D5ABE" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25BC0AE1" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="1FDEFF65" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39FA2D5C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-          <w:p w14:paraId="48F88D66" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DAAF12C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="02555561" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31F2FB27" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="1EB91D1E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5199DCA9" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16B322E7" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="714EB3C8" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="735404E0" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="794C0413" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74455319" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2291CC36" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E53FD45" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07282F1D" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BA4265B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53603B16" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DC7A684" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F4BE287" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D3E474E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59427B9D" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="668D0EAC" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C78D81E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5307C57F" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C3087BA" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CD3EEAC" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0977F8F5" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A967285" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58B435E7" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1484B3BD" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41F024D0" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34C12085" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="700969CD" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="342CD55C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3701F5E0" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="614268D7" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BBCF179" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A8881FB" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51EF378D" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6132ECFE" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79BAC521" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D2982AB" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C86A162" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23E9D61D" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CC7E223" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B3B3D1E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2AA49106" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="065C6707" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21E934D6" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A9CBF8D" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A6D347A" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A830544" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F6DA61E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C8AB161" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FC39FF8" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C72C46F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+    <w:p w14:paraId="0541A217" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41F3F065" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F3BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F3BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465A3AB1" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8A76A4" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F3BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F618FD" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F3BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C299095" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519C628B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777D5419" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E10289D" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF2C74E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D4E4FC" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6175E1" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F42CE0" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09E6BEDA" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+    <w:p w14:paraId="1D6A7C0C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E21AF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192596B4" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52132FA9" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...58 lines deleted...]
-        <w:t>))</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B45D24B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+    <w:p w14:paraId="4518500B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C3942E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A188EE9" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B2F778F" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="070A669E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350F81AF" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EEED896" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF7CD4F" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8C08DF" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="733D1D30" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A95B3E6" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-[...9 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="2115"/>
+        <w:gridCol w:w="2924"/>
+        <w:gridCol w:w="2154"/>
+        <w:gridCol w:w="2724"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="0A783C79" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00790B31" w14:paraId="1A630DF0" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2342F7" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCCD159" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F883872" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37EA4395" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="312F80A0" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06663745" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="00790B31" w14:paraId="3F517036" w14:textId="77777777" w:rsidTr="00434970">
+        <w:trPr>
+          <w:trHeight w:val="749"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="651A68AE" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="412ED9C4" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D650606" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A4FB81" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="324A941F" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72212E31" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF61232" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="642506DE" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B85527A" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44BA1EBC" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3339FB6C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="526F3201" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EDE2D0E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7319A5" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66ABCB8C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67AC9665" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6312870B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D38F7B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004D07D1" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47343D65" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A24321E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A38E5B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3298EA4A" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F60D953" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="317E00B9" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49EE7C31" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D1F4C79" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="00790B31" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C5B4A5" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FAFECFD" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="004A01E9" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6108"/>
+        <w:gridCol w:w="3927"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="0D21F50E" w14:textId="77777777" w:rsidTr="00434970">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60A14E34" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1B2397F4" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2741FB42" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="3F8930CD" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="09D25347" w14:textId="77777777" w:rsidTr="00434970">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2950C8B4" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6AC2BF9F" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B305DEF" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="4C3E370A" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...59 lines deleted...]
-              <w:t>Баға</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="006514B5" w14:paraId="530E6AD9" w14:textId="77777777" w:rsidTr="007A4ED7">
+    </w:tbl>
+    <w:p w14:paraId="64D179B2" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z364"/>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10532" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="993"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="036D59DB" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41B4B597" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...23 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w14:paraId="533696A0" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA72E35" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="703D66B7" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44A4849D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          <w:p w14:paraId="7E9A7E93" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7680614F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...121 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="07F6D69A" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2393758A" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B10ED52" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Баллы кандидата</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="5689220C" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="6E4C381C" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
-          <w:trHeight w:val="952"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B25F739" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...24 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="151CCBCD" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8A313B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="0CC33584" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="128F7117" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          <w:p w14:paraId="37E8CBB7" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23F22BDD" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...136 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="78DBFF3F" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ADC16F0" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5868C330" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4614E5A6" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ABAE9A6" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FA23EB3" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="2A3C743D" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="19DD2ACC" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65EC006C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...26 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="7D117744" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08269998" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="22195787" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BDF0534" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          <w:p w14:paraId="413F9834" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45D78371" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...1050 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="3FBEEBA4" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A62C9DF" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AE73AF0" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73CCFB9A" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="7A312444" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="73301608" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C441063" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...23 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="54BFA4A8" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A35AA11" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="571CA4FC" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47CA0AA5" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          <w:p w14:paraId="00F23D3B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D0725D2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...151 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6823A033" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39C5C555" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="6667352C" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="65A9C37A" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A493612" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...23 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="16CA2E0A" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75AC23A2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="6554F64B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67DFE88C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          <w:p w14:paraId="07799216" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13E935E1" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...92 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5DE60C9D" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D7ECCD5" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6484F380" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B7E5375" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1854A72B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="029DD32C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BBAFB73" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F4D5B06" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="102228E4" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="105CF1B5" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="206FC9D4" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...23 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="3CBD1868" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B9E929E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="3D5E15A3" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D6BB7FB" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          <w:p w14:paraId="5D70EF78" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="787DBFF8" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...72 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="509FC5F4" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Методист (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C7A090B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B9B7F3" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FD2ADA9" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="34A35332" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="49B71F66" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09877777" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...23 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="58B160E7" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CFED265" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="27DF67F1" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46DA2F14" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          <w:p w14:paraId="40A36337" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4CE98F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...72 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="57220694" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F632E30" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AEFB9C9" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="1B49B765" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="03BEEE98" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78BB7B2E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...23 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="113C5B8F" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B7181A1" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="539125B6" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C86E94F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          <w:p w14:paraId="026089C4" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB16426" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...72 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="4C91E517" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="140E88BD" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CA07BED" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="0DBD526F" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="3CB0B686" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="760D5463" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...23 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="4ED3F93C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="786B4ABB" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="350D5F98" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="471ED002" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...62 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          <w:p w14:paraId="5D191A2A" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="270DB632" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54135615" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2045A4E3" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...132 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="04DA4D22" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45CDBB3D" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0094DB3F" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69ABA952" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="798B99C9" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B97A801" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04153577" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="006514B5" w14:paraId="7535639C" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="71718B02" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33102E0A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...23 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="62571788" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC2F493" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="422EA8FA" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="682D750E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          <w:p w14:paraId="1315603B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32F08921" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...86 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="36197001" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08EAB587" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F42A362" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A82A7F1" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="52D8BA47" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="12E92389" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3B4A17" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...23 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="2BEED05A" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="299615EB" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="03BBD3A8" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DD3AFBC" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...42 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          <w:p w14:paraId="57B38808" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38D3B0F5" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...133 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1D7676FF" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64BFD12D" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DC8A28F" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0511216B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D3BB4B3" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76902505" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="5AFB5839" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="164006F5" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6F1194" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...23 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="1504F5D8" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43024829" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...22 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="7A582659" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49972E3A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...102 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          <w:p w14:paraId="22C41E18" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58C338A3" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5460AEB7" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C1B72BB" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="640D3803" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A2AC140" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05449F40" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="349E1C6A" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B4D0E5" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23BEB87C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B837F9" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44483DDF" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="227A7BDD" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FEE9DAF" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10241898" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D046C6" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783805AC" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="183E9F55" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35733F7E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2157A6C8" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AA6109C" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FD8153B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FB322C4" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4649AB18" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13359528" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09A7E66B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="093F43E8" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B1CD520" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C290F27" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Курсы на платформе Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E3745E6" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="398176C6" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36B66B30" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="567703B2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...52 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0F3AE170" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60E746B9" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23911A86" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B34F10" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49ECDE1F" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F1225C7" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="3D9B1F46" w14:textId="77777777" w:rsidTr="007A4ED7">
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="5A6D52D8" w14:textId="77777777" w:rsidTr="00434970">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4153" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77745E6B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...25 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          <w:p w14:paraId="3157994E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4657154C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
-[...36 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="08A116F0" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>н", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F9A13F" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51ABC03B" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44FA892D" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F3BA2" w:rsidRPr="002A2141" w14:paraId="648A695A" w14:textId="77777777" w:rsidTr="00434970">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F101DF5" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="185A12A7" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="528A518E" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F6799F7" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="00434970">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="030BA31D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+    <w:p w14:paraId="2CF88C9F" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRPr="002A2141" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56376AF4" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="707D4B7A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+    <w:p w14:paraId="270EFF83" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11C56D27" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+    <w:p w14:paraId="056D1B83" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3ADF15A0" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+    <w:p w14:paraId="45C518AD" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="526EFDD3" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+    <w:p w14:paraId="35508582" w14:textId="77777777" w:rsidR="003F3BA2" w:rsidRDefault="003F3BA2" w:rsidP="003F3BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="070C5F66" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+    <w:p w14:paraId="0A08C465" w14:textId="77777777" w:rsidR="00F12C76" w:rsidRDefault="00F12C76" w:rsidP="006C0B77">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00B47412" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
-[...166 lines deleted...]
-    <w:sectPr w:rsidR="00955507" w:rsidRPr="00E1304D" w:rsidSect="00887FB7">
+    <w:sectPr w:rsidR="00F12C76" w:rsidSect="00680F7F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...14 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewtonC">
-[...18 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...1005 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...692 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00622A1C"/>
+    <w:rsid w:val="003F3BA2"/>
+    <w:rsid w:val="00622A1C"/>
+    <w:rsid w:val="00680F7F"/>
+    <w:rsid w:val="006C0B77"/>
+    <w:rsid w:val="008242FF"/>
+    <w:rsid w:val="00870751"/>
+    <w:rsid w:val="00922C48"/>
+    <w:rsid w:val="00B915B7"/>
+    <w:rsid w:val="00EA59DF"/>
+    <w:rsid w:val="00EE4070"/>
+    <w:rsid w:val="00F12C76"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="41C7CC19"/>
-  <w15:docId w15:val="{65B17490-7CCE-4F4B-A82E-99906DBEF6CD}"/>
+  <w14:docId w14:val="1AE9B77E"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{2ABC9947-A93D-40C5-99C3-A034F9AF5962}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11050,51 +8918,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11364,788 +9232,406 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F34B5F"/>
+    <w:rsid w:val="003F3BA2"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="003F3BA2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...52 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00467337"/>
+    <w:rsid w:val="003F3BA2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="00566D98"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...67 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:divs>
-[...130 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>11160</Characters>
+  <Pages>8</Pages>
+  <Words>2017</Words>
+  <Characters>11499</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
+  <Lines>95</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13091</CharactersWithSpaces>
+  <CharactersWithSpaces>13490</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>админ</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>