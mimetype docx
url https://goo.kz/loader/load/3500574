--- v0 (2025-12-07)
+++ v1 (2026-02-28)
@@ -1,9823 +1,9230 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="29D22538" w14:textId="77777777" w:rsidR="003B35E6" w:rsidRPr="003D1E32" w:rsidRDefault="003B35E6" w:rsidP="00F80878">
+    <w:p w14:paraId="1466F3EB" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="00321E87" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D1E32">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласының №25</w:t>
+      </w:r>
+      <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К</w:t>
+      </w:r>
+      <w:r w:rsidR="001504A9" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F6CD6E2" w14:textId="38392A95" w:rsidR="00B20C30" w:rsidRDefault="00223B89" w:rsidP="008623B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орыс тілі</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  бос</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7C9988" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00321E87" w:rsidRDefault="00AB4752" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="00045D62" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...78 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="2499"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="302017C0" w14:textId="77777777" w:rsidTr="00F80878">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00233385" w14:paraId="08128BE0" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="500"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="58783F0D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="701AD2F1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1817CD29" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="501B4DE7" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="642665E6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00DF7B58" w:rsidP="003B35E6">
-[...7 lines deleted...]
-                <w:spacing w:val="-1"/>
+          <w:p w14:paraId="4288758D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00A545F1" w:rsidP="007F17C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...6 lines deleted...]
-                <w:spacing w:val="-1"/>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы Білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Средня</w:t>
-[...6 lines deleted...]
-                <w:spacing w:val="-1"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>я общеобразовательная школа №</w:t>
-[...6 lines deleted...]
-                <w:spacing w:val="-1"/>
+              <w:t>Павлодар қаласының №</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40" w:rsidRPr="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
-            <w:r w:rsidR="003B35E6" w:rsidRPr="003D1E32">
-[...4 lines deleted...]
-                <w:spacing w:val="-1"/>
+            <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> города Павлодара»</w:t>
-[...6 lines deleted...]
-                <w:spacing w:val="-1"/>
+              <w:t xml:space="preserve"> жалпы орта біл</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>, управления образования Павлодарской области</w:t>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="4C3ED4D8" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="000F0E40" w14:paraId="27E78A9F" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5A3BE981" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="4A8CC832" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4779E203" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="15E90C5F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="29E0795D" w14:textId="77777777" w:rsidR="006036D6" w:rsidRPr="003D1E32" w:rsidRDefault="00F80878" w:rsidP="006972A3">
+          <w:p w14:paraId="288C42B3" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="000F0E40" w:rsidRDefault="00CB6B4F" w:rsidP="007F17C8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003D1E32">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140007, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004C1F73" w:rsidRPr="003D1E32">
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40" w:rsidRPr="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004F2A50" w:rsidRPr="003D1E32">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">           </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="239CAA52" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="004C1F73" w:rsidP="006972A3">
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Майра</w:t>
+            </w:r>
+            <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі</w:t>
+            </w:r>
+            <w:r w:rsidR="00A545F1" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40" w:rsidRPr="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>49/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="000F0E40" w14:paraId="4079B1D4" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="78BDB513" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D88667" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA8D17F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00270917" w:rsidRDefault="00CB6B4F" w:rsidP="00793910">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...110 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="003D1E32">
+            <w:r w:rsidR="00932150" w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="003D1E32">
+            <w:r w:rsidR="00A545F1" w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+            <w:r w:rsidR="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+            <w:r w:rsidR="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+            <w:r w:rsidR="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-7</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:t>78</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00793910">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="5295C7BF" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w14:paraId="7FE59C42" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3F2C3C03" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="17A7F0CD" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F072286" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="20CDB9B2" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="40E86CE6" w14:textId="6333D2D7" w:rsidR="00CB6B4F" w:rsidRDefault="00000000" w:rsidP="0044022F">
+          <w:p w14:paraId="0F59B79C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00000000" w:rsidP="007F17C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="00775AB2" w:rsidRPr="00A62146">
+              <w:r w:rsidR="000F0E40" w:rsidRPr="00021B8A">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="21"/>
-[...1 lines deleted...]
-                  <w:lang w:val="en-US"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                  <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>s</w:t>
+                <w:t>sosh</w:t>
               </w:r>
-              <w:r w:rsidR="00775AB2" w:rsidRPr="00A62146">
+              <w:r w:rsidR="000F0E40" w:rsidRPr="00021B8A">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="21"/>
-[...1 lines deleted...]
-                  <w:lang w:val="kk-KZ"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>osh</w:t>
+                <w:t>25</w:t>
               </w:r>
-              <w:r w:rsidR="00775AB2" w:rsidRPr="00A62146">
+              <w:r w:rsidR="000F0E40" w:rsidRPr="00021B8A">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="21"/>
-                  <w:szCs w:val="21"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                  <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>25</w:t>
+                <w:t>@goo.ed</w:t>
               </w:r>
-              <w:r w:rsidR="00775AB2" w:rsidRPr="00A62146">
+              <w:r w:rsidR="000F0E40" w:rsidRPr="00021B8A">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="21"/>
-[...1 lines deleted...]
-                  <w:lang w:val="kk-KZ"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
                 </w:rPr>
-                <w:t>@goo.edu.kz</w:t>
+                <w:t>u.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="6FC42394" w14:textId="5F3F7220" w:rsidR="00775AB2" w:rsidRPr="003D1E32" w:rsidRDefault="00775AB2" w:rsidP="0044022F">
-[...9 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="39ADF875" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="002D540F" w14:paraId="65501A2F" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="571CC247" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="26A87FD9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0555FA1C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="293D62A7" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4E68AF41" w14:textId="61FF4D94" w:rsidR="004F2A50" w:rsidRPr="00B0693F" w:rsidRDefault="004F2A50" w:rsidP="002D585E">
+          <w:p w14:paraId="32FE6AB3" w14:textId="02FA15F2" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="00223B89" w:rsidP="006E605E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">учитель </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+            <w:r w:rsidR="00B20C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>русского языка и литературы</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="003767AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00955A00">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
-            <w:r w:rsidR="002D5A00">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="003767AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> сағат</w:t>
+            </w:r>
+            <w:r w:rsidR="009E4FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...17 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D7066" w:rsidRPr="003D1E32" w14:paraId="62EBCA77" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00233385" w14:paraId="5D71A4C7" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="62216B21" w14:textId="77777777" w:rsidR="007D7066" w:rsidRPr="003D1E32" w:rsidRDefault="007D7066" w:rsidP="007D7066">
+          <w:p w14:paraId="4D097004" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3717CDE5" w14:textId="77777777" w:rsidR="007D7066" w:rsidRPr="003D1E32" w:rsidRDefault="007D7066" w:rsidP="007D7066">
+          <w:p w14:paraId="7E1B155A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="34462D70" w14:textId="77777777" w:rsidR="007D7066" w:rsidRPr="007D7066" w:rsidRDefault="007D7066" w:rsidP="007D7066">
-[...1 lines deleted...]
-              <w:ind w:firstLine="708"/>
+          <w:p w14:paraId="700F1DF8" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="00B20C30" w:rsidP="009C01C3">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="FontStyle17"/>
-[...4 lines deleted...]
-                <w:iCs w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009C01C3" w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды мемлекеттік жалпыға міндетті білім беру стандарттарына сәйкес және "Құндылықтарға негізделген білім беру" тұжырымдамасының негізінде оқыту мен тәрбиелеуді жүзеге асырады,   білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оның әлеуметтенуіне ықпал етеді, білім алушының жеке қабілеттерін анықтайды және дамытуға ықпал етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EFDB21A" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Оқытудың жаңа тәсілдерін, тиімді түрлерін, әдістері мен құралдарын қолданады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35A63E6D" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қысқа мерзімді жоспарларды, бөлімдер мен тоқсанның суммативті бағалауға арналған тапсырмаларды жасайды. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45B5B12A" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Электронды журналдарды толтырады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="665A82BB" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпыға міндетті білім беру стандарттарында көзделген оқушылар мен деңгейден төмен емес тәрбиеленушілердің пәндік нәтижелерін, отбасылық-қызметтік, тұлғалық жетістіктерін қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39561E0B" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу бағдарламаларын әзірлеуге және орындауға қатысады, оқу жоспары мен оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37CB6B3B" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістемелік бірлестіктердің, әдістемелік кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11DD8B1B" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтары мен бейімділігін зерттейді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B2E4806" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіби құзыреттілікті, оның ішінде ақпараттық-коммуникациялық құзыреттілікті арттырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="398DF761" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормаларын орындайды. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16581EFB" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын сақтауды қамтамасыз етеді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DA93563" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ата-аналармен немесе оларды алмастыратын тұлғалармен ынтымақтастықты жүзеге асырады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F71E543" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жабдықты пайдалану кезінде қауіпсіздік техникасы талаптарын орындайды. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F75346C" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру процесі кезінде балалардың өмірі мен денсаулығын сақтау үшін қажетті жағдайлар жасауды қамтамасыз етеді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E690174" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тізбесін білім беру саласындағы уәкілетті орган бекіткен құжаттарды толтырады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D69A079" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізеді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="483E19EC" w14:textId="77777777" w:rsidR="00793910" w:rsidRPr="00793910" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім алушылар, тәрбиеленушілер, арасында академиялық адалдық қағидаларын, сыбайлас жемқорлыққа қарсы мәдениеттің алдын алады</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11755604" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="006B40D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...971 lines deleted...]
-            </w:r>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="5A086CAF" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00321E87" w14:paraId="0BA439CB" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0AC31B7D" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="6BCB5183" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A023F3B" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="72030C04" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4340BCCF" w14:textId="77777777" w:rsidR="003B35E6" w:rsidRPr="003D1E32" w:rsidRDefault="003B35E6" w:rsidP="003B35E6">
-[...59 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="79F0F85A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="006B40D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C747B20" w14:textId="585E0878" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="006E605E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00F86A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00F02506" w:rsidRPr="003D1E32">
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00A545F1" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00051661">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
-            <w:r w:rsidRPr="003D1E32">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="4DB1680D" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00233385" w14:paraId="6077C107" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="103E4EAB" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="003D1E32" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="3649D8F1" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="415CA879" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="003D1E32" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w14:paraId="4A14783B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="003D1E32">
+              <w:t xml:space="preserve">Педагогтердің үлгілік біліктілік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E5551BE" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="20D276A5" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="003D1E32" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
-[...77 lines deleted...]
-              <w:t>га-исследователя не менее 4 лет</w:t>
+          <w:p w14:paraId="7A2DA57C" w14:textId="77777777" w:rsidR="001504A9" w:rsidRPr="00321E87" w:rsidRDefault="001504A9" w:rsidP="00211F66">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">-жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе техникалық және кәсіптік білім немесе жұмыс өтіліне </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>талап қойылмай, педагогикалық қайта даярлығын растайтын құжат; және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер мамандығы бойынша жұмыс өтілі-5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4432807B" w14:textId="16688C35" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="001504A9" w:rsidP="00211F66">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -және (немесе) біліктілігінің орта немесе жоғары деңгейі болған кезде мамандығы бойынша жұмыс өтілі: педагог-модератор үшін кемінде 3 жыл, педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA01B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сарапшы үшін кемінде 4 жыл, педагог-зерттеуші үшін кемінде 5 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="10820141" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00321E87" w14:paraId="60BBAD11" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29F1A5DF" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="003D1E32" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="6D351B48" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36752C1C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="003D1E32" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w14:paraId="29648F05" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="482A0EAE" w14:textId="69C9B77B" w:rsidR="00B1578A" w:rsidRPr="001C2D29" w:rsidRDefault="00BB0D15" w:rsidP="00175139">
-            <w:pPr>
+          <w:p w14:paraId="11CF8205" w14:textId="4D039C1E" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00233385" w:rsidP="002E1342">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>19.03</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00321E87" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>01</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidR="006E605E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00755810">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.202</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00045D62" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>г</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidR="00392795" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00392795" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="001504A9" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C2D29" w:rsidRPr="003D1E32" w14:paraId="2883067F" w14:textId="77777777" w:rsidTr="004B0EE2">
+      <w:tr w:rsidR="009130EF" w:rsidRPr="00233385" w14:paraId="06FE7694" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...54 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45C0B167" w14:textId="098BF321" w:rsidR="001C2D29" w:rsidRPr="00E00208" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
-[...333 lines deleted...]
-          <w:p w14:paraId="05CAC882" w14:textId="51CC5938" w:rsidR="003D1E32" w:rsidRPr="003D1E32" w:rsidRDefault="003D1E32" w:rsidP="003D1E32">
+          <w:p w14:paraId="1AEB484F" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>6</w:t>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F7AE889" w14:textId="27879AE7" w:rsidR="003D1E32" w:rsidRPr="003D1E32" w:rsidRDefault="003D1E32" w:rsidP="003D1E32">
+          <w:p w14:paraId="4F41BE17" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C16C46E" w14:textId="5F190A06" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004D0F59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="707AA778" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C779BEF" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03A5E4B0" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E42E4A5" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="374A43F7" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="371E3326" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C9CF92C" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D0FC195" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70825E99" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5473FBE2" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0092E0F3" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="133F85D8" w14:textId="1DCC8792" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004075BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009130EF" w:rsidRPr="002D540F" w14:paraId="6C8DDB11" w14:textId="77777777" w:rsidTr="00341746">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBBF148" w14:textId="7A89FEA3" w:rsidR="009130EF" w:rsidRPr="008623B7" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B57E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E244D05" w14:textId="1AFABFA2" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок временно вакантной должности</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00B57E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3937AA49" w14:textId="257F73E0" w:rsidR="003D1E32" w:rsidRPr="001B15EB" w:rsidRDefault="001B15EB" w:rsidP="003D1E32">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="41AB8804" w14:textId="742FEC89" w:rsidR="009130EF" w:rsidRPr="008623B7" w:rsidRDefault="002D540F" w:rsidP="009130EF">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Основной</w:t>
+              <w:t>тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...28 lines deleted...]
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A82650" w14:paraId="76E8A0FA" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="009130EF" w:rsidRPr="00321E87" w14:paraId="682B7114" w14:textId="77777777" w:rsidTr="00D478D0">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="302C889A" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w14:paraId="6B17CDB3" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B3B463D" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C024F86" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FB1BED0" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="0057541F" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="100A0E04" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="003D1E32">
-[...12 lines deleted...]
-          <w:p w14:paraId="6CC878CE" w14:textId="37ABF761" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w14:paraId="60F22A92" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...32 lines deleted...]
-          <w:p w14:paraId="61CF705E" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F37FCE7" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="0057541F" w:rsidRDefault="009130EF" w:rsidP="009130EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="6E16B7F6" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21EE21E1" w14:textId="77777777" w:rsidR="009130EF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="789C5532" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4796873C" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="207D50AF" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74CEE21C" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="028D043F" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FC539CB" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...11 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C46F0B3" w14:textId="692B729D" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00112707">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="188CAF3D" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55748A96" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
-[...78 lines deleted...]
-    <w:p w14:paraId="4F225D08" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+    <w:p w14:paraId="659DF5C3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...13 lines deleted...]
-          <w:szCs w:val="18"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77EA3073" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="008E664F" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="008E664F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00454B15" w:rsidRPr="008E664F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________  _______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E664F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00454B15" w:rsidRPr="008E664F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E664F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00454B15" w:rsidRPr="008E664F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7457D9A4" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...66 lines deleted...]
-    <w:p w14:paraId="2267E54E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+    <w:p w14:paraId="6E519A38" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A82650">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E664F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00A82650">
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D4AA9F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="4B964CA8" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="008E664F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27A23B9A" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="60079BAD" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="008E664F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15D5525F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...69 lines deleted...]
-    <w:p w14:paraId="46964CE3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="1EEC231A" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="001A01E7" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
+      <w:r w:rsidRPr="001A01E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B689D" w:rsidRPr="00A82650">
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640B5B75" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A01E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C08E7E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A01E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50273C55" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="001A01E7" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A82650">
+      </w:pPr>
+      <w:r w:rsidRPr="001A01E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F108758" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="0C426A70" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A01E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AFA1131" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
+      <w:r w:rsidRPr="00321E87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...13 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16728215" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0824FD82" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="41F52E14" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E1E2318" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+    <w:p w14:paraId="75F595EC" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
+      <w:r w:rsidRPr="00321E87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35351268" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+    <w:p w14:paraId="698564B6" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007E20FE" w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500FEC95" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+    <w:p w14:paraId="3D757C33" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF3F0F1" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="5F2A8173" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="626EF4BD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-[...27 lines deleted...]
-    <w:p w14:paraId="55AFD06C" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="7CB4F935" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...8 lines deleted...]
-        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54DBB04D" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+    <w:p w14:paraId="45C95DB1" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00321E87" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B07577D" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+    <w:p w14:paraId="591C1775" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> _____________________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B3FDE6" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="25BCBA46" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1B202FD5" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="5442CFF1" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CD7B899" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w14:paraId="22303974" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...8 lines deleted...]
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD1A497" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="2F18D602" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17A41AFC" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
+    <w:p w14:paraId="66D6CD69" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DABFF21" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="5993284F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A82650" w14:paraId="7E036936" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00437A2D" w:rsidRPr="00321E87" w14:paraId="01860DB4" w14:textId="77777777" w:rsidTr="00DF4A7D">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A6756B4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+          <w:p w14:paraId="7D7E3F81" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...11 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F572BC6" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0975F656" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w14:paraId="7E374B21" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наименование </w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>учебного заведения</w:t>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B872473" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w14:paraId="2A4A291A" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
+              <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8E30F6" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w14:paraId="7A178483" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Специальность </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5BF91765" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73438D06" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82650">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A82650" w14:paraId="460A2C50" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00437A2D" w:rsidRPr="00321E87" w14:paraId="63C41255" w14:textId="77777777" w:rsidTr="00DF4A7D">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63E82F8E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="0EC862DF" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D754D00" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="3885CC7F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7817E0D9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="0002EE0F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4719DB98" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="0B735D04" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F52C797" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="7400312C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75BFAD1D" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+    <w:p w14:paraId="466B541A" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...59 lines deleted...]
-        <w:t>_</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (берген (растаған) күні):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="556139C1" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
-[...26 lines deleted...]
-    <w:p w14:paraId="0DF183A6" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w14:paraId="1E8651AC" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00321E87" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="05542551" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+    <w:p w14:paraId="21F8005D" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...59 lines deleted...]
-      </w:r>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="082835C6" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+    <w:p w14:paraId="4232B133" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...15 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A82650">
-[...46 lines deleted...]
-        <w:t>__</w:t>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A399E4" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="2DC4BAF5" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...17 lines deleted...]
-        <w:t>_</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645372B4" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="6F452324" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="70644A0A" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="4A62099F" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="52795BFD" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="2E18082E" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...26 lines deleted...]
-        <w:t>_</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14CAEA94" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="6AFEAA5E" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4795F84C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
+    <w:p w14:paraId="46DADA4C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...19 lines deleted...]
-      </w:r>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F634EDA" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="54F58314" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...23 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары, атақтары, дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғылыми дәрежесі, ғылыми атағы </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD4F9D4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="69B27E90" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="00A82650">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="288124CA" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="7FAE5484" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7D6D2D13" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
+    <w:p w14:paraId="5DED55F8" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...10 lines deleted...]
-      </w:r>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="60672DFB" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="7507FB69" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...11 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t xml:space="preserve">Cондай-ақ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша мәліметтері (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715BEE97" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="4E44CFB3" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...16 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDD1316" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w14:paraId="40E0D6E0" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A82650">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="32321320" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
-[...20 lines deleted...]
-    <w:p w14:paraId="1DA27FCD" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00321427" w:rsidP="00452A41">
+    <w:p w14:paraId="0CA028D8" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="774B954C" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...145 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E0D9EAE" w14:textId="75BB2D37" w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="00D016F2">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="29AB729B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="315870A9" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A82650">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00452A41" w:rsidRPr="00A82650">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D016F2">
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D6AE998" w14:textId="77777777" w:rsidR="00D016F2" w:rsidRDefault="00D016F2" w:rsidP="00D016F2">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="28E6E0C2" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="50E4C7B6" w14:textId="77777777" w:rsidR="00D016F2" w:rsidRDefault="00D016F2" w:rsidP="00D016F2">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="3C493264" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRDefault="00DF4A7D" w:rsidP="00452A41">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...88 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00684BD5" w:rsidRPr="00B25802" w14:paraId="6F2507E4" w14:textId="77777777" w:rsidTr="00FA2469">
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00B25802" w14:paraId="222391D0" w14:textId="77777777" w:rsidTr="007038A8">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1451437E" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="00B25802" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
+          <w:p w14:paraId="23C2EDA1" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0C970368" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="00B25802" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
+          <w:p w14:paraId="082306E5" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="186A5CF6" w14:textId="77B606B6" w:rsidR="00684BD5" w:rsidRPr="00B25802" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
+          <w:p w14:paraId="42CC24A8" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="437D1B57" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="00B25802" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CA713FA" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="318EA782" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="00B25802" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20B63A95" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="48BCE3F8" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="00B25802" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09F23B07" w14:textId="16B16E16" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="11826E59" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="00B25802" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
+              <w:t>қағидаларына 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00112707">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CCF274D" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-              <w:t>Форма</w:t>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7AACB833" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="002E00FE" w:rsidRDefault="00684BD5" w:rsidP="00684BD5">
+    <w:p w14:paraId="499D8E10" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="008E664F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F237ED4" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="00B25802" w:rsidRDefault="00684BD5" w:rsidP="00684BD5">
+    <w:p w14:paraId="3C5FC9D0" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="008E664F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC56010" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="00B25802" w:rsidRDefault="00684BD5" w:rsidP="00684BD5">
+    <w:p w14:paraId="41CE0DC6" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="008E664F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F33D46" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="008E664F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00684BD5" w:rsidRPr="009345E1" w14:paraId="25C2F4DE" w14:textId="77777777" w:rsidTr="00FA2469">
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00B25802" w14:paraId="08899C1C" w14:textId="77777777" w:rsidTr="007038A8">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7810F2D1" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="009345E1" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="46825FD3" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D403EFA" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="009345E1" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="12A300BD" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64BCCAD2" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="009345E1" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="12601965" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Подтверждающий документ</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39BDB780" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="009345E1" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="0BBAFD27" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ы (1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E3581D7" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="009345E1" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
+          <w:p w14:paraId="1F8E8342" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="394E3665" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00B25802" w14:paraId="2AB911C0" w14:textId="77777777" w:rsidTr="007038A8">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2236825D" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2033F95C" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04F21485" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5609DA7A" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="530F61F2" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="102D62C6" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="383301F3" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17DE8DB6" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FEF4F11" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00B25802" w14:paraId="4FF05892" w14:textId="77777777" w:rsidTr="007038A8">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18EAACAC" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7DEF059E" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55B77502" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7A10BC3E" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F1293A7" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36B754B2" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32390137" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00B25802" w14:paraId="20ED38D4" w14:textId="77777777" w:rsidTr="007038A8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5282BEB7" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CDB5EF9" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06D77743" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1307021C" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0EE8AB91" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0A806B" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00B25802" w14:paraId="72DC182B" w14:textId="77777777" w:rsidTr="007038A8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="47A9DA15" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5A2032E4" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="204D37D0" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D62D804" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6405E6CB" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5173F5AD" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68A4D852" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="170B9FE7" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="340219CA" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FA42F0D" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68ADE94D" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00233385" w14:paraId="05C54B7B" w14:textId="77777777" w:rsidTr="007038A8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00982ABA" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="68ABD3D8" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="002E00FE" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="22EB011B" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="002E00FE" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C961C83" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">діскер (лауазымдық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмыс өтілі кемінде 2 жыл) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15D08DCE" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CDCE4DC" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4144C1A2" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00B25802" w14:paraId="27D85673" w14:textId="77777777" w:rsidTr="007038A8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7CED692C" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3AE8C5BB" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="002E00FE" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0EF65D72" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C6B8EF8" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогикалық/ кәсіби тәжірибенің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65588E8B" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11614B28" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8CFD25" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00233385" w14:paraId="008371EF" w14:textId="77777777" w:rsidTr="007038A8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="317943BC" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1428417E" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6765291B" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2EE6E2B3" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A93CA76" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42CAFE1D" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00233385" w14:paraId="53BC2DF8" w14:textId="77777777" w:rsidTr="007038A8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4DB697AB" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70E55DA6" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A46AF81" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74C7A7A0" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A769512" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="22419567" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="490D5D4B" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20C0EE06" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2478259D" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3047ABD0" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="489711BF" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6690954A" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00B25802" w14:paraId="4831F15E" w14:textId="77777777" w:rsidTr="007038A8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="753C671F" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="294CFCE9" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="098F38CF" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық шығармалары, басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="56831F96" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F5F94C8" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DBADF3" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56AD0F54" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00233385" w14:paraId="4B2FBD03" w14:textId="77777777" w:rsidTr="007038A8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F05738C" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F2E97E0" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="49855A4B" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1BE5DAFF" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0F23C1" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BDB8904" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4024397E" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48BE64D9" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00233385" w14:paraId="3164E329" w14:textId="77777777" w:rsidTr="007038A8">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0172F050" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3179E6D5" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C9954F2" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="115C858C" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="257BFB7A" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,  IELTS; TOEFL; DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="206B4E94" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, «Python тілінде бағдарламалау негіздері» программалары бойынша оқыту,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсера </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстарына оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FB23807" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="002E00FE" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="031C45D7" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EB00A71" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="728D79E0" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38897BA3" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D590066" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A70F6EA" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ABD28C7" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55D235DB" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C68EB0C" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="600E190E" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17E404EE" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="219DE5F2" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="418B3354" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="002E00FE" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПШО, НЗМ, «Өрлеу» курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="143D031F" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="002E00FE" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03AD7B6E" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="002E00FE" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00B25802" w14:paraId="0DB3166B" w14:textId="77777777" w:rsidTr="007038A8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="066B5837" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F23F1EC" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0104D091" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="30C1F862" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6299CD" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E664F" w:rsidRPr="00B25802" w14:paraId="1FBAE14E" w14:textId="77777777" w:rsidTr="007038A8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A6FC6E6" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>О</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-              <w:t>1</w:t>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E93803E" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="009345E1" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
+          <w:p w14:paraId="1D2E3458" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BABB659" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="009345E1" w:rsidRDefault="00684BD5" w:rsidP="00FA2469">
-[...170 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="109ADA71" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00B25802" w:rsidRDefault="008E664F" w:rsidP="007038A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3736 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5CBF1548" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="009345E1" w:rsidRDefault="00684BD5" w:rsidP="00684BD5">
-[...9 lines deleted...]
-    <w:p w14:paraId="5C9241C0" w14:textId="77777777" w:rsidR="00684BD5" w:rsidRPr="00A82650" w:rsidRDefault="00684BD5" w:rsidP="00452A41">
+    <w:p w14:paraId="705FBC2D" w14:textId="77777777" w:rsidR="008E664F" w:rsidRPr="00321E87" w:rsidRDefault="008E664F" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00684BD5" w:rsidRPr="00A82650" w:rsidSect="00F550B1">
+    <w:sectPr w:rsidR="008E664F" w:rsidRPr="00321E87" w:rsidSect="008C72E8">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="284" w:right="794" w:bottom="284" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -9836,65 +9243,58 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -10175,54 +9575,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0F1137A4"/>
+    <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D0B694EA"/>
-    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10288,50 +9688,164 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="662277E3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9C644C3A"/>
+    <w:lvl w:ilvl="0" w:tplc="1C3EF5D6">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1140" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2580" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3300" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4020" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4740" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6180" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10400,51 +9914,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10493,802 +10007,913 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="80953437">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D25765B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5A784172"/>
+    <w:lvl w:ilvl="0" w:tplc="3F3C5DAE">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="878861358">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1742562548">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="206336310">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1370570167">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="4" w16cid:durableId="1799909685">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="190725821">
+  <w:num w:numId="5" w16cid:durableId="1167398274">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1638533962">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1845628888">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="843281601">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="8" w16cid:durableId="1318413635">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="000332DF"/>
     <w:rsid w:val="00044308"/>
+    <w:rsid w:val="00045D62"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="00051661"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="0008707D"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
-    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F0E40"/>
+    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
+    <w:rsid w:val="00112707"/>
     <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="0012246A"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="001530AC"/>
+    <w:rsid w:val="001504A9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
-    <w:rsid w:val="00175139"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001959B1"/>
+    <w:rsid w:val="001A01E7"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
-    <w:rsid w:val="001B15EB"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
-    <w:rsid w:val="001C2D29"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="00211F66"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00223B89"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="00233385"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
-    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00270917"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="002875DD"/>
-    <w:rsid w:val="0029406B"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="00294F3E"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
-    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
-    <w:rsid w:val="002C03E0"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
-    <w:rsid w:val="002D585E"/>
+    <w:rsid w:val="002D540F"/>
     <w:rsid w:val="002D5996"/>
-    <w:rsid w:val="002D5A00"/>
     <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E1342"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
-    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="003170E4"/>
-    <w:rsid w:val="00321427"/>
+    <w:rsid w:val="00321E87"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
-    <w:rsid w:val="00335A6D"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003767AF"/>
     <w:rsid w:val="003811EF"/>
-    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00392795"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
-    <w:rsid w:val="003A3EF1"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
-    <w:rsid w:val="003B35E6"/>
-    <w:rsid w:val="003B4A08"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
-    <w:rsid w:val="003C11E9"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
-    <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
-    <w:rsid w:val="003D1E32"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
-    <w:rsid w:val="003E76F5"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F3F33"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424621"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
-    <w:rsid w:val="0044022F"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00447EF3"/>
     <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00454B15"/>
     <w:rsid w:val="00456CEA"/>
-    <w:rsid w:val="00457031"/>
     <w:rsid w:val="0046481C"/>
-    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472107"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B08C8"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
-    <w:rsid w:val="004C1F73"/>
-    <w:rsid w:val="004D07D1"/>
+    <w:rsid w:val="004D0F59"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
-    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
-    <w:rsid w:val="0053121F"/>
     <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00553DDB"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057541F"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="00593B75"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
-    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D003F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D5F10"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
-    <w:rsid w:val="005E7858"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
-    <w:rsid w:val="005F7F1C"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
-    <w:rsid w:val="006036D6"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="006650EE"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
-    <w:rsid w:val="00684BD5"/>
     <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="00692952"/>
     <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="0069554B"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
-    <w:rsid w:val="006972A3"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006B40D9"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
-    <w:rsid w:val="006C7EEA"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E605E"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00755810"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
-    <w:rsid w:val="00775AB2"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="00793910"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C3AFB"/>
-    <w:rsid w:val="007C5775"/>
     <w:rsid w:val="007D5A26"/>
-    <w:rsid w:val="007D7066"/>
     <w:rsid w:val="007E07E6"/>
-    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F17C8"/>
     <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F559F"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
-    <w:rsid w:val="0086261D"/>
+    <w:rsid w:val="008623B7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00871EB3"/>
     <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00881E8D"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
-    <w:rsid w:val="008A76B3"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008B7A84"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008C72E8"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E664F"/>
     <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009130EF"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
-    <w:rsid w:val="00955A00"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C01C3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009E4FC0"/>
     <w:rsid w:val="009F11CC"/>
-    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A545F1"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
-    <w:rsid w:val="00A654CE"/>
+    <w:rsid w:val="00A64F51"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A82650"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AB4752"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
-    <w:rsid w:val="00AD17E7"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
-    <w:rsid w:val="00AD5E3B"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02660"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B0693F"/>
-    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B20C30"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
-    <w:rsid w:val="00B3089F"/>
+    <w:rsid w:val="00B31466"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B42F37"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
-    <w:rsid w:val="00BB0D15"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C067AF"/>
     <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C24F88"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
-    <w:rsid w:val="00C45D8C"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
-    <w:rsid w:val="00D016F2"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D64974"/>
+    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
-    <w:rsid w:val="00D9795C"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
-    <w:rsid w:val="00DC2933"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
-    <w:rsid w:val="00DD085B"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF7B58"/>
+    <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50AD6"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
-    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
-    <w:rsid w:val="00E73146"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EA01B9"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1EBC"/>
+    <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
-    <w:rsid w:val="00F02506"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
-    <w:rsid w:val="00F42727"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F550B1"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F80878"/>
     <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00F86A74"/>
     <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA6FF3"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="376B8F80"/>
-  <w15:docId w15:val="{BF8984DD-9037-41CC-AE7D-5EFCD227B456}"/>
+  <w14:docId w14:val="1D6AA09A"/>
+  <w15:docId w15:val="{CF8092EE-D388-4ADE-920B-7ADF9FFDD58A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11332,51 +10957,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11786,112 +11411,143 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aa">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountname">
+    <w:name w:val="user-account__name"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00775AB2"/>
+    <w:rsid w:val="00A545F1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountaccent-letter">
+    <w:name w:val="user-account__accent-letter"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00A545F1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:rsid w:val="00A545F1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-[...35 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
-[...1 lines deleted...]
-    <w:rsid w:val="007D7066"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:rsid w:val="00A545F1"/>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A01E7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ad">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F86A74"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="252860218">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="814177345">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -12189,78 +11845,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{541CE951-0F08-4DA4-8431-9C979F4031A1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DE68849-ADD1-48F3-ADD8-D98733722C5C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2366</Words>
-  <Characters>13490</Characters>
+  <Words>2175</Words>
+  <Characters>12401</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>112</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>103</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>ECO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15825</CharactersWithSpaces>
+  <CharactersWithSpaces>14547</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>